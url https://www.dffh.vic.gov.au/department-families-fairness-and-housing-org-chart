--- v0 (2025-10-19)
+++ v1 (2025-12-25)
@@ -121,138 +121,135 @@
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl7pPr>
     <a:lvl8pPr marL="3200400" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl8pPr>
     <a:lvl9pPr marL="3657600" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:defaultTextStyle>
-  <p:extLst>
-[...3 lines deleted...]
-  </p:extLst>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:showPr showNarration="1">
     <p:present/>
     <p:sldAll/>
     <p:penClr>
       <a:prstClr val="red"/>
     </p:penClr>
     <p:extLst>
       <p:ext uri="{EC167BDD-8182-4AB7-AECC-EB403E3ABB37}">
         <p14:laserClr xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
           <a:srgbClr val="FF0000"/>
         </p14:laserClr>
       </p:ext>
       <p:ext uri="{2FDB2607-1784-4EEB-B798-7EB5836EED8A}">
         <p14:showMediaCtrls xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1"/>
       </p:ext>
     </p:extLst>
   </p:showPr>
   <p:clrMru>
     <a:srgbClr val="500778"/>
     <a:srgbClr val="201547"/>
     <a:srgbClr val="B99CC9"/>
     <a:srgbClr val="FF2F92"/>
     <a:srgbClr val="00857E"/>
   </p:clrMru>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="32767"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/revisionInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <p1510:revInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p1510="http://schemas.microsoft.com/office/powerpoint/2015/10/main">
   <p1510:revLst>
-    <p1510:client id="{31E902CE-D571-42B9-8B01-B179184BB703}" v="2" dt="2025-10-02T04:50:26.200"/>
+    <p1510:client id="{4FFE0710-712C-45BD-9364-15DFC8C6F9D7}" v="1" dt="2025-11-25T04:34:15.765"/>
+    <p1510:client id="{72CA19D6-DD9F-4262-D7F2-A061E3650556}" v="102" dt="2025-11-26T00:04:38.975"/>
+    <p1510:client id="{F325877B-0183-7A55-6859-A26499F0EFA6}" v="4" dt="2025-11-25T04:07:32.658"/>
   </p1510:revLst>
 </p1510:revInfo>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
-  <p:normalViewPr snapVertSplitter="1" vertBarState="minimized">
-[...1 lines deleted...]
-    <p:restoredTop sz="94717"/>
+  <p:normalViewPr>
+    <p:restoredLeft sz="15620"/>
+    <p:restoredTop sz="94660"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="51" d="100"/>
-          <a:sy n="51" d="100"/>
+          <a:sx n="29" d="100"/>
+          <a:sy n="29" d="100"/>
         </p:scale>
-        <p:origin x="1164" y="102"/>
+        <p:origin x="756" y="44"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
-  <p:gridSpacing cx="72008" cy="72008"/>
+  <p:gridSpacing cx="76200" cy="76200"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId13" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/notesMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notesMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
@@ -302,51 +299,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{87A70258-513B-423A-86D3-0B52B74D857B}" type="datetimeFigureOut">
               <a:rPr lang="en-AU" smtClean="0"/>
-              <a:t>2/10/2025</a:t>
+              <a:t>26/11/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-AU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Image Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="536575" y="1143000"/>
             <a:ext cx="5784850" cy="3086100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
@@ -762,51 +759,51 @@
             <a:r>
               <a:rPr lang="en-GB"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{AFEAD364-0962-49E7-A5CA-39BB91635A25}" type="datetime1">
               <a:rPr lang="en-AU" smtClean="0"/>
-              <a:t>2/10/2025</a:t>
+              <a:t>26/11/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-AU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-AU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -948,51 +945,51 @@
             <a:r>
               <a:rPr lang="en-GB"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Date Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{41FEB51E-AF7C-46BC-917F-960E1ADEE5D1}" type="datetime1">
               <a:rPr lang="en-AU" smtClean="0"/>
-              <a:t>2/10/2025</a:t>
+              <a:t>26/11/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-AU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Footer Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-AU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1059,51 +1056,51 @@
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Date Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C4BABE88-B326-4C34-8455-27406B30C5F9}" type="datetime1">
               <a:rPr lang="en-AU" smtClean="0"/>
-              <a:t>2/10/2025</a:t>
+              <a:t>26/11/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-AU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Footer Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-AU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1265,51 +1262,51 @@
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Date Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{806070DE-5295-4755-88F4-508B2F3207A5}" type="datetime1">
               <a:rPr lang="en-AU" smtClean="0"/>
-              <a:t>2/10/2025</a:t>
+              <a:t>26/11/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-AU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Footer Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-AU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1546,51 +1543,51 @@
         <p:spPr>
           <a:xfrm>
             <a:off x="1856700" y="13346865"/>
             <a:ext cx="6076474" cy="766678"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="2520">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{4E9E63D0-0A87-4961-BFA4-6101872BE3B5}" type="datetime1">
               <a:rPr lang="en-AU" smtClean="0"/>
-              <a:t>2/10/2025</a:t>
+              <a:t>26/11/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-AU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="8945920" y="13346865"/>
             <a:ext cx="9114711" cy="766678"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -2475,104 +2472,104 @@
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E1F41A68-87E7-E7B5-9496-A5C0092B0602}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noMove="1" noResize="1" noEditPoints="1" noAdjustHandles="1" noChangeArrowheads="1" noChangeShapeType="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="805172" y="139700"/>
             <a:ext cx="20137538" cy="1290321"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-AU" sz="4000" b="1" dirty="0"/>
+              <a:rPr lang="en-AU" sz="4000" b="1"/>
               <a:t>Department of Families, Fairness and Housing </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-AU" sz="4000" dirty="0"/>
+              <a:rPr lang="en-AU" sz="4000"/>
               <a:t>division and branch structure</a:t>
             </a:r>
-            <a:endParaRPr lang="en-AU" sz="1800" dirty="0"/>
+            <a:endParaRPr lang="en-AU" sz="1800"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="83" name="TextBox 82">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{ACCAE7F1-795C-F165-821E-3FFC45C3FEF6}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1" noRot="1" noMove="1" noResize="1" noEditPoints="1" noAdjustHandles="1" noChangeArrowheads="1" noChangeShapeType="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="938307" y="1730073"/>
             <a:ext cx="13505542" cy="369332"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-AU" sz="1800" dirty="0">
+              <a:rPr lang="en-AU" sz="1800">
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
-              <a:t>Last update 8</a:t>
-[...2 lines deleted...]
-              <a:rPr lang="en-AU" dirty="0">
+              <a:t>Last update </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-AU">
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
-              <a:t> September 2025</a:t>
+              <a:t>25 November 2025</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="18" name="Rectangle 17">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{87F414B4-98EF-24AB-A3BE-61D7B89C8261}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noMove="1" noResize="1" noEditPoints="1" noAdjustHandles="1" noChangeArrowheads="1" noChangeShapeType="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="805172" y="2403332"/>
             <a:ext cx="25100229" cy="619910"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
@@ -2705,247 +2702,127 @@
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" defTabSz="186420">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPct val="35000"/>
               </a:spcAft>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Aboriginal </a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
-[...7 lines deleted...]
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200" b="1">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Self-determination </a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
-[...7 lines deleted...]
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200" b="1">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>and Outcomes </a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
-[...7 lines deleted...]
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Deputy Secretary</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
-[...7 lines deleted...]
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
               <a:t>Raylene Harradine</a:t>
             </a:r>
-          </a:p>
-[...118 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="54" name="Rectangle 53">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F37A8061-8648-DF21-A237-8A1D4F96F247}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1871972" y="6047359"/>
             <a:ext cx="2160000" cy="1094745"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="00857E"/>
@@ -2976,128 +2853,125 @@
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" defTabSz="186420">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPct val="35000"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
-[...13 lines deleted...]
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+              <a:t>Aboriginal Partnerships </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-AU" sz="1200" b="1">
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200" b="1">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>and Practice</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
-[...4 lines deleted...]
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Executive Director</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
-[...7 lines deleted...]
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200">
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Paula Murray</a:t>
             </a:r>
-            <a:endParaRPr lang="en-AU" sz="1200" dirty="0">
+            <a:endParaRPr lang="en-AU" sz="1200">
               <a:solidFill>
                 <a:prstClr val="white"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:cs typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="69" name="Rectangle 68">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F586DB3B-969B-F5D7-9C83-322163B58F1D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1871972" y="7204651"/>
+            <a:off x="1871972" y="4886603"/>
             <a:ext cx="2160000" cy="1094745"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="00857E"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="lt1">
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1">
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
@@ -3110,93 +2984,121 @@
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" defTabSz="186420">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPct val="35000"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
-[...16 lines deleted...]
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+              <a:t>Aboriginal Policy </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr" defTabSz="186420">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPct val="35000"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200" b="1">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+              <a:t>and Reform</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-AU" sz="1200" b="1">
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Executive Director</a:t>
             </a:r>
-            <a:br>
-[...16 lines deleted...]
-            <a:endParaRPr lang="en-AU" sz="1200" dirty="0">
+            <a:endParaRPr lang="en-AU">
+              <a:solidFill>
+                <a:prstClr val="white"/>
+              </a:solidFill>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr" defTabSz="186420">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPct val="35000"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200">
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>Tim Kanoa</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-AU" sz="1200">
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+            </a:br>
+            <a:endParaRPr lang="en-AU" sz="1200">
               <a:solidFill>
                 <a:prstClr val="white"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:cs typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="49" name="Rectangle 48">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6C3FDE2D-E03C-400A-45CD-BE7AE5D044B6}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4127494" y="3652344"/>
             <a:ext cx="2160000" cy="1094745"/>
@@ -3234,85 +3136,85 @@
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" defTabSz="186420">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPct val="35000"/>
               </a:spcAft>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Children and Families</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-US" sz="1200" b="1" dirty="0">
-[...7 lines deleted...]
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-US" sz="1200" b="1">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Deputy Secretary</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
-[...7 lines deleted...]
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
               <a:t>Annette Lancy</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="37" name="Rectangle 36">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E9A65D6F-A03F-0543-9DB8-ADBA1FE51ADC}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
@@ -3351,102 +3253,102 @@
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" defTabSz="186420">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPct val="35000"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Children and Families Reform, Investment</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
-[...7 lines deleted...]
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200" b="1">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>and Design</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
-[...7 lines deleted...]
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Executive Director</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
-[...7 lines deleted...]
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Belinda Martin</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="67" name="Rectangle 66">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{939106CC-7969-6D1B-02C0-A43AE561EA07}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
@@ -3486,102 +3388,102 @@
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" defTabSz="186420">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPct val="35000"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Child Protection </a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
-[...7 lines deleted...]
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200" b="1">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>and Care Policy</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
-[...7 lines deleted...]
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Executive Director</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
-[...7 lines deleted...]
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>David Atkinson</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="38" name="Rectangle 37">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4FDB5B38-D40B-2F8C-9871-7E7E73DFE753}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4127494" y="7204651"/>
@@ -3619,85 +3521,85 @@
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" defTabSz="186420">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPct val="35000"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Family Services, Evidence, Redress and Lived Experience</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
-[...7 lines deleted...]
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Executive Director</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
-[...7 lines deleted...]
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Jane Sweeney</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="36" name="Rectangle 35">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0D54845C-5D71-9A57-30B2-0A91AF00791C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4127494" y="8372539"/>
@@ -3735,119 +3637,119 @@
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" defTabSz="186420">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPct val="35000"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Aboriginal Initiatives, </a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
-[...7 lines deleted...]
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200" b="1">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Quality, Improvement </a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
-[...7 lines deleted...]
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200" b="1">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>and Oversight</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
-[...7 lines deleted...]
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Executive Director</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
-[...7 lines deleted...]
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Simone Corin</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="46" name="Rectangle 45">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{25187302-D7B6-0B4F-1154-05037C8CC176}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4127494" y="9538903"/>
@@ -3885,85 +3787,85 @@
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" defTabSz="186420">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPct val="35000"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Regulation and Reform</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
-[...7 lines deleted...]
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Executive Director</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
-[...7 lines deleted...]
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Alison Will</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="60" name="Rectangle 59">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{445283E7-51AA-0107-92C5-3E8220DE598D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6450804" y="3652344"/>
@@ -4002,112 +3904,112 @@
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" defTabSz="186420">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPct val="35000"/>
               </a:spcAft>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Community Operations </a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
-[...7 lines deleted...]
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200" b="1">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>and Practice Leadership</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
-[...7 lines deleted...]
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Deputy Secretary</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
-[...7 lines deleted...]
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Tahoma"/>
                 <a:cs typeface="Tahoma"/>
               </a:rPr>
               <a:t>Danny O’Kelly</a:t>
             </a:r>
-            <a:endParaRPr lang="en-AU" sz="1200" dirty="0">
+            <a:endParaRPr lang="en-AU" sz="1200">
               <a:solidFill>
                 <a:prstClr val="white"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="32" name="Rectangle 31">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{962E66C6-7298-08A4-FB8B-75B2E67F1350}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6450804" y="4887440"/>
@@ -4145,110 +4047,110 @@
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" defTabSz="186420">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPct val="35000"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>North Division</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Tahoma"/>
                 <a:cs typeface="Tahoma"/>
               </a:rPr>
               <a:t>Deputy Secretary</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Tahoma"/>
                 <a:cs typeface="Tahoma"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Tahoma"/>
                 <a:cs typeface="Tahoma"/>
               </a:rPr>
               <a:t>Jenny </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" dirty="0" err="1">
+              <a:rPr lang="en-AU" sz="1200" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Tahoma"/>
                 <a:cs typeface="Tahoma"/>
               </a:rPr>
               <a:t>Litsas</a:t>
             </a:r>
-            <a:endParaRPr lang="en-AU" sz="1200" dirty="0">
+            <a:endParaRPr lang="en-AU" sz="1200">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:ea typeface="Tahoma"/>
               <a:cs typeface="Tahoma"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="34" name="Rectangle 33">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3B718757-09AC-954E-767B-8B5294FD6223}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="8695611" y="4887440"/>
@@ -4286,89 +4188,89 @@
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" defTabSz="186420">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPct val="35000"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>East Division</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Tahoma"/>
                 <a:cs typeface="Tahoma"/>
               </a:rPr>
               <a:t>Deputy Secretary</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Tahoma"/>
                 <a:cs typeface="Tahoma"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Tahoma"/>
                 <a:cs typeface="Tahoma"/>
               </a:rPr>
               <a:t>Penelope Steuart</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="33" name="Rectangle 32">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2AE2D4BF-89D7-9AB8-10CD-6F23DB672167}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
@@ -4408,85 +4310,85 @@
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" defTabSz="186420">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPct val="35000"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>South Division</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Deputy Secretary</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Kathleen Alonso</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="35" name="Rectangle 34">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B5F87AFE-31DE-F6DD-CE04-3042078B0E1A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="8695611" y="6042870"/>
@@ -4524,99 +4426,99 @@
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" defTabSz="186420">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPct val="35000"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>West Division</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Tahoma"/>
                 <a:cs typeface="Tahoma"/>
               </a:rPr>
               <a:t>Deputy Secretary</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Tahoma"/>
                 <a:cs typeface="Tahoma"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Kelly Stanton</a:t>
             </a:r>
-            <a:endParaRPr lang="en-AU" sz="1200" dirty="0">
+            <a:endParaRPr lang="en-AU" sz="1200">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:ea typeface="Tahoma"/>
               <a:cs typeface="Tahoma"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="55" name="Rectangle 54">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{625F9EED-B12B-6179-0CF0-E164DABE705C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6450804" y="7204651"/>
@@ -4654,85 +4556,85 @@
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" defTabSz="186420">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPct val="35000"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Service Enhancement</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
-[...7 lines deleted...]
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Executive Director</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
-[...7 lines deleted...]
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Lisa Gardner</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="56" name="Rectangle 55">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{57653281-8F8C-527C-BD4C-2EA65321E74A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6450804" y="8372539"/>
@@ -4770,127 +4672,127 @@
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" defTabSz="186420">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPct val="35000"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Service Agreement </a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
-[...7 lines deleted...]
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200" b="1">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>and Quality Systems</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="ctr" defTabSz="186420">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPct val="35000"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Executive Director </a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Michael </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" dirty="0" err="1">
+              <a:rPr lang="en-AU" sz="1200" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Mefflin</a:t>
             </a:r>
-            <a:endParaRPr lang="en-AU" sz="1200" dirty="0">
+            <a:endParaRPr lang="en-AU" sz="1200">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="57" name="Rectangle 56">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{92F4895E-45B2-7144-8241-CFDA5A213C79}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6450804" y="9538903"/>
@@ -4928,102 +4830,102 @@
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" defTabSz="186420">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPct val="35000"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Statewide Disability </a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
-[...7 lines deleted...]
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200" b="1">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>and Housing Operations </a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
-[...7 lines deleted...]
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Executive Director</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
-[...7 lines deleted...]
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Elinor Harper</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="72" name="Rectangle 71">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5520B85B-2FB5-208F-E441-C74207705977}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="8695611" y="7204651"/>
@@ -5061,87 +4963,87 @@
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" defTabSz="186420">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPct val="35000"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Office of Professional Practice</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
-[...7 lines deleted...]
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Chief Practitioner and Executive Director</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="ctr" defTabSz="186420">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPct val="35000"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Kirstie Lomas</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="58" name="Rectangle 57">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{02A9B1D2-7687-6395-B8B1-E2ED901AA439}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="8704754" y="8372539"/>
@@ -5179,102 +5081,102 @@
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" defTabSz="186420">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPct val="35000"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Statewide Children </a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
-[...7 lines deleted...]
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200" b="1">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>and Families Operations</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
-[...7 lines deleted...]
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Executive Director</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
-[...7 lines deleted...]
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Leeanne Miller</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="48" name="Rectangle 47">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B05E4EBE-DE69-EC1B-DA0C-E8649A1AE321}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="11088635" y="3668487"/>
@@ -5313,110 +5215,110 @@
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" defTabSz="186420">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPct val="35000"/>
               </a:spcAft>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Corporate and Delivery </a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
-[...7 lines deleted...]
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200" b="1">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Services </a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
-[...7 lines deleted...]
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Deputy Secretary</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
-[...7 lines deleted...]
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Drew Warne-Smith (A)</a:t>
             </a:r>
-            <a:endParaRPr lang="en-AU" sz="1200" dirty="0">
+            <a:endParaRPr lang="en-AU" sz="1200">
               <a:solidFill>
                 <a:prstClr val="white"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:cs typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="26" name="Rectangle 25">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3DBBB050-4B2B-33A9-4D72-2FCE66FACF67}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="11088635" y="4887440"/>
             <a:ext cx="2160000" cy="1094745"/>
@@ -5453,99 +5355,99 @@
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" defTabSz="186420">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPct val="35000"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Finance</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
-[...7 lines deleted...]
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Tahoma"/>
                 <a:cs typeface="Tahoma"/>
               </a:rPr>
               <a:t>CFO</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Tahoma"/>
                 <a:cs typeface="Tahoma"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Tahoma"/>
                 <a:cs typeface="Tahoma"/>
               </a:rPr>
               <a:t>Cynthia Lahiff</a:t>
             </a:r>
-            <a:endParaRPr lang="en-AU" sz="1200" dirty="0">
+            <a:endParaRPr lang="en-AU" sz="1200">
               <a:solidFill>
                 <a:prstClr val="white"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="27" name="Rectangle 26">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{38CFD4FB-E927-70CB-030B-1126E6FC433F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="11088635" y="6042870"/>
@@ -5583,110 +5485,110 @@
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" defTabSz="186420">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPct val="35000"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Information Technology </a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
-[...7 lines deleted...]
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200" b="1">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Services</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
-[...7 lines deleted...]
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Executive Director</a:t>
             </a:r>
             <a:br>
               <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
             </a:br>
             <a:r>
               <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
-              <a:t>Ashleigh Hart</a:t>
-[...1 lines deleted...]
-            <a:endParaRPr lang="en-AU" sz="1200" dirty="0">
+              <a:t>Andrew Larkin</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-AU" sz="1200">
               <a:solidFill>
                 <a:prstClr val="white"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="28" name="Rectangle 27">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{36D4416E-CEC4-5F3E-0C70-8FFB304AC25C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="11088635" y="7204651"/>
@@ -5724,85 +5626,85 @@
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" defTabSz="186420">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPct val="35000"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>People and Culture</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
-[...7 lines deleted...]
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Executive Director</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
-[...7 lines deleted...]
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Louise Gartland</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="29" name="Rectangle 28">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{28EB636F-A387-1F36-A1A7-A4AE249F3022}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="11088635" y="8372539"/>
@@ -5840,85 +5742,85 @@
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" defTabSz="186420">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPct val="35000"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Executive Services</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
-[...7 lines deleted...]
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Executive Director</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
-[...7 lines deleted...]
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Annalise Bamford</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="30" name="Rectangle 29">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EF76F7EB-7765-A538-66E5-27E63A7B7594}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="11088635" y="9538903"/>
@@ -5996,51 +5898,51 @@
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Tahoma"/>
                 <a:cs typeface="Tahoma"/>
               </a:rPr>
               <a:t>General Counsel</a:t>
             </a:r>
             <a:br>
               <a:rPr lang="en-AU" sz="1200" dirty="0">
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Tahoma"/>
                 <a:cs typeface="Tahoma"/>
               </a:rPr>
             </a:br>
             <a:r>
               <a:rPr lang="en-AU" sz="1200" dirty="0">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Tahoma"/>
                 <a:cs typeface="Tahoma"/>
               </a:rPr>
-              <a:t>Jannette Lewis (A)</a:t>
+              <a:t>Elsie Loh</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="31" name="Rectangle 30">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{99306231-E3C9-2A89-0FCC-508BBD302EF1}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="11088635" y="10711377"/>
             <a:ext cx="2160000" cy="1094745"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
@@ -6075,85 +5977,85 @@
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" defTabSz="186420">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPct val="35000"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Common Corporate Support</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
-[...7 lines deleted...]
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Executive Director</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
-[...7 lines deleted...]
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Gordon Caris</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="64" name="Rectangle 63">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{955B16EE-93C3-D131-74FA-74D31B658162}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="13387206" y="3652344"/>
@@ -6192,111 +6094,93 @@
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" defTabSz="186420">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPct val="35000"/>
               </a:spcAft>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1200" b="1" dirty="0">
+              <a:rPr lang="en-US" sz="1200" b="1">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Disability, Fairness and Emergency Management</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-US" sz="1200" b="1" dirty="0">
-[...7 lines deleted...]
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-US" sz="1200" b="1">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Deputy Secretary</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
-[...7 lines deleted...]
-              <a:rPr lang="en-AU" sz="1200" dirty="0" err="1">
+              <a:rPr lang="en-AU" sz="1200">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Argiri</a:t>
-[...19 lines deleted...]
-            <a:endParaRPr lang="en-AU" sz="1200" dirty="0">
+              <a:t>Rachael Green (A)</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-AU" sz="1200">
               <a:solidFill>
                 <a:prstClr val="white"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:cs typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="65" name="Rectangle 64">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D48190D9-9A08-CCBC-F7C9-95F24E595EAD}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
@@ -6335,102 +6219,102 @@
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" defTabSz="186420">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPct val="35000"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Disability Reform </a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
-[...7 lines deleted...]
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200" b="1">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>and Complex Needs</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
-[...7 lines deleted...]
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Executive Director</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
-[...7 lines deleted...]
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Carley Northcott</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="66" name="Rectangle 65">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3391FDB0-5331-EB08-653D-5DADFB4FD3F7}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
@@ -6470,85 +6354,85 @@
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" defTabSz="186420">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPct val="35000"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Emergency Management</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
-[...7 lines deleted...]
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Executive Director</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
-[...7 lines deleted...]
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Andrea Spiteri</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Rectangle 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9E6F2773-8517-6167-2E5C-7E32083EA266}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="13384195" y="7204651"/>
@@ -6586,85 +6470,85 @@
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" defTabSz="186420">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPct val="35000"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Disability Homes Victoria</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
-[...7 lines deleted...]
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Executive Director</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
-[...7 lines deleted...]
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Hayley Parkes</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="23" name="Rectangle 22">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D6F04C5A-90C3-01BB-24C2-36D4AFE7158F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
@@ -6704,87 +6588,87 @@
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" defTabSz="186420">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPct val="35000"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Equality, Seniors, Women and Equity Strategy</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
-[...4 lines deleted...]
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Executive Director</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
-[...4 lines deleted...]
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200">
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Michele Clark (A)</a:t>
             </a:r>
-            <a:endParaRPr lang="en-GB" sz="1200" dirty="0">
+            <a:endParaRPr lang="en-GB" sz="1200">
               <a:solidFill>
                 <a:prstClr val="white"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:cs typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="22" name="Rectangle 21">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B7D754C3-2DD3-9175-E547-AB38F13955A9}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
@@ -6939,79 +6823,79 @@
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" defTabSz="186420">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPct val="35000"/>
               </a:spcAft>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Family Safety Victoria</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
-[...4 lines deleted...]
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200">
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Deputy Secretary</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
-[...4 lines deleted...]
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200">
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200">
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>M</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200">
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
               <a:t>elanie Heenan</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="39" name="Rectangle 38">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8529877C-D915-57A2-396B-502B8881899E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="15637818" y="4887439"/>
             <a:ext cx="2160000" cy="1094745"/>
           </a:xfrm>
@@ -7047,119 +6931,110 @@
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" defTabSz="186420">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPct val="35000"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Policy, Prevention </a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
-[...7 lines deleted...]
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200" b="1">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>and Impact</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
-[...7 lines deleted...]
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Executive Director</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
-[...24 lines deleted...]
-            <a:endParaRPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+              <a:t>Alison Macdonald (A)</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-AU" sz="1200">
               <a:solidFill>
                 <a:prstClr val="white"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:cs typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="63" name="Rectangle 62">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{38BE2C1C-7713-F0BD-1354-6ADD47298065}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="15637818" y="6051425"/>
             <a:ext cx="2160000" cy="1094745"/>
@@ -7196,93 +7071,93 @@
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" defTabSz="186420">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPct val="35000"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Family and Sexual Violence Programs</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
-[...7 lines deleted...]
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Executive Director</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
-[...7 lines deleted...]
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Amber Griffiths</a:t>
             </a:r>
-            <a:endParaRPr lang="en-AU" sz="1200" dirty="0">
+            <a:endParaRPr lang="en-AU" sz="1200">
               <a:solidFill>
                 <a:prstClr val="white"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:cs typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="20" name="Rectangle 19">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AA2CF061-D0C0-4E64-C51B-F69C05D175F8}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
@@ -7321,85 +7196,85 @@
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" defTabSz="186420">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPct val="35000"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Operations</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
-[...7 lines deleted...]
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Executive Director</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
-[...7 lines deleted...]
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Fran O’Toole</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="70" name="Rectangle 69">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E6429613-4DB9-17EF-250F-2299DD8AA6BC}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="17919813" y="3652343"/>
@@ -7438,87 +7313,87 @@
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" defTabSz="186420">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPct val="35000"/>
               </a:spcAft>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Homes Victoria</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
-[...7 lines deleted...]
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
               <a:t>CEO</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
               <a:t>Simon Newport</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="51" name="Rectangle 50">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{31CB7C63-817C-E1DF-8B3E-99AF3DAC163C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
@@ -7558,97 +7433,90 @@
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" defTabSz="186420">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPct val="35000"/>
               </a:spcAft>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Homes Victoria</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
-[...4 lines deleted...]
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Deputy CEO</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="en-US" sz="1200">
-[...14 lines deleted...]
-            <a:endParaRPr lang="en-US" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+              <a:t>Vacant</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1200">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="40" name="Rectangle 39">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{928EB5C4-B9DE-069D-E36E-5059F4B58727}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="17919813" y="6050117"/>
             <a:ext cx="2160000" cy="1094745"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
@@ -7681,110 +7549,110 @@
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" defTabSz="186420">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPct val="35000"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Strategy, Policy </a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
-[...7 lines deleted...]
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200" b="1">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>and Planning</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
-[...7 lines deleted...]
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Executive Director </a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
-[...7 lines deleted...]
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Alix Rhodes</a:t>
             </a:r>
-            <a:endParaRPr lang="en-AU" sz="1200" dirty="0">
+            <a:endParaRPr lang="en-AU" sz="1200">
               <a:solidFill>
                 <a:prstClr val="white"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="73" name="Rectangle 72">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3191B2FC-9CAC-6A98-1772-FFE63E2A3419}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="17919813" y="7204651"/>
@@ -7822,102 +7690,102 @@
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" defTabSz="186420">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPct val="35000"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Housing Outcomes </a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
-[...7 lines deleted...]
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200" b="1">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>and Partnerships</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
-[...7 lines deleted...]
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Executive Director</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
-[...7 lines deleted...]
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
               <a:t>Anita Canals</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="41" name="Rectangle 40">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4E93E748-D3AF-596D-865B-EA4EA43051B9}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
@@ -8097,102 +7965,102 @@
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" defTabSz="186420">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPct val="35000"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Performance </a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
-[...7 lines deleted...]
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200" b="1">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>and Governance</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
-[...7 lines deleted...]
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Executive Director</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
-[...7 lines deleted...]
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Jo Cushing</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="42" name="Rectangle 41">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{55D6FC94-04ED-1C31-E0A7-25DF4F0434E6}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="20192653" y="6053803"/>
@@ -8346,73 +8214,73 @@
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" defTabSz="186420">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPct val="35000"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Housing Development </a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
-[...4 lines deleted...]
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200">
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Michele Morrison</a:t>
             </a:r>
-            <a:endParaRPr lang="en-GB" sz="1200" dirty="0">
+            <a:endParaRPr lang="en-GB" sz="1200">
               <a:solidFill>
                 <a:prstClr val="white"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:cs typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="75" name="Rectangle 74">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F43EA8F4-6946-44C4-6A32-DBDD5B06FB36}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="20192653" y="8372539"/>
             <a:ext cx="2160000" cy="1080000"/>
@@ -8582,112 +8450,112 @@
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" defTabSz="186420">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPct val="35000"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Communications </a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
-[...7 lines deleted...]
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200" b="1">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>and Engagement</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
-[...7 lines deleted...]
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Executive Director</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
-[...7 lines deleted...]
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
               <a:t>Larissa Garvin</a:t>
             </a:r>
-            <a:endParaRPr lang="en-AU" sz="1200" dirty="0">
+            <a:endParaRPr lang="en-AU" sz="1200">
               <a:solidFill>
                 <a:prstClr val="white"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="12" name="Group 11">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{824309EF-38C5-6726-A317-107FB216A7A7}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
@@ -8704,56 +8572,56 @@
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CEAE171E-3AF9-7B27-9E25-8E043DC45B2F}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr txBox="1"/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="8893023" y="10415615"/>
               <a:ext cx="2059459" cy="276999"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
           </p:spPr>
           <p:txBody>
             <a:bodyPr wrap="square">
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:r>
-                <a:rPr lang="en-AU" sz="1200" dirty="0">
+                <a:rPr lang="en-AU" sz="1200">
                   <a:latin typeface="Arial"/>
                 </a:rPr>
                 <a:t>See page 2 for details</a:t>
               </a:r>
-              <a:endParaRPr lang="en-US" sz="1200" dirty="0"/>
+              <a:endParaRPr lang="en-US" sz="1200"/>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="74" name="Rectangle 73">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E8BFA362-ED15-A35D-BB9F-6D8477FF5735}"/>
                 </a:ext>
                 <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                   <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="6381444" y="3525194"/>
               <a:ext cx="4608879" cy="7295202"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
@@ -8842,111 +8710,111 @@
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" defTabSz="186420">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPct val="35000"/>
               </a:spcAft>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>System Reform, Workforce and Engagement</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
-[...7 lines deleted...]
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Deputy Secretary</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
-[...7 lines deleted...]
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
               <a:t>Ben Richardson (A)</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="44" name="Rectangle 43">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B1F15793-1675-956F-01BB-BB491AC52852}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="22510934" y="4887439"/>
+            <a:off x="22496426" y="4887439"/>
             <a:ext cx="2160000" cy="1080000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="00857E"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="lt1">
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1">
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
@@ -8959,109 +8827,135 @@
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" defTabSz="186420">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPct val="35000"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" b="1">
+              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Centre for Workforce </a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" b="1">
-[...7 lines deleted...]
-              <a:rPr lang="en-AU" sz="1200" b="1">
+              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Excellence</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" b="1">
-[...7 lines deleted...]
-              <a:rPr lang="en-AU" sz="1200">
+              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200" dirty="0">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Executive Director</a:t>
             </a:r>
-            <a:br>
-[...15 lines deleted...]
-            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:solidFill>
+                <a:prstClr val="white"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr" defTabSz="186420">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPct val="35000"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+              <a:t>Tess </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+              <a:t>Mullenger</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+              <a:t> (A)</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-AU" dirty="0">
+              <a:solidFill>
+                <a:prstClr val="white"/>
+              </a:solidFill>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="45" name="Rectangle 44">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A7974B3E-8F4C-2E80-B00E-5340A597ADF7}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="22510933" y="6053803"/>
             <a:ext cx="2160000" cy="1094745"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="00857E"/>
@@ -9102,97 +8996,87 @@
         <p:txBody>
           <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" defTabSz="186420">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPct val="35000"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Strategy and Reform</a:t>
             </a:r>
             <a:br>
               <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
-                <a:solidFill>
-[...1 lines deleted...]
-                </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
             </a:br>
             <a:r>
               <a:rPr lang="en-AU" sz="1200" dirty="0">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Executive Director</a:t>
             </a:r>
             <a:br>
               <a:rPr lang="en-AU" sz="1200" dirty="0">
-                <a:solidFill>
-[...1 lines deleted...]
-                </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
             </a:br>
             <a:r>
               <a:rPr lang="en-AU" sz="1200" dirty="0">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
               </a:rPr>
               <a:t>Tess </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-AU" sz="1200" dirty="0" err="1">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
               </a:rPr>
               <a:t>Mullenger</a:t>
             </a:r>
-            <a:endParaRPr lang="en-AU" sz="1200" dirty="0">
-[...4 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="47" name="Rectangle 46">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{716A2282-56C7-73CE-D030-4BA1369C0ED3}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="22510933" y="7204651"/>
             <a:ext cx="2160000" cy="1094745"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="00857E"/>
@@ -9226,120 +9110,111 @@
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" defTabSz="186420">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPct val="35000"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
+              <a:rPr lang="en-AU" sz="1200" b="1">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+              <a:t>Performance, Analytics, </a:t>
+            </a:r>
+            <a:br>
               <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
-                <a:solidFill>
-[...4 lines deleted...]
-              <a:t>Performance, Analytics, </a:t>
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200" b="1">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+              <a:t>and Evaluation </a:t>
             </a:r>
             <a:br>
               <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
-                <a:solidFill>
-[...22 lines deleted...]
-            <a:r>
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+              <a:t>Executive Director</a:t>
+            </a:r>
+            <a:br>
               <a:rPr lang="en-AU" sz="1200" dirty="0">
-                <a:solidFill>
-[...15 lines deleted...]
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Sonia </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" dirty="0" err="1">
+              <a:rPr lang="en-AU" sz="1200" err="1">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Mussawir</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t> (A)</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="24" name="Rectangle 23">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EA360E5B-4C17-433B-5412-A1683A7D39E5}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
@@ -9380,85 +9255,85 @@
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" defTabSz="186420">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPct val="35000"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Public Engagement</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
-[...7 lines deleted...]
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Chief Communications Officer</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
-[...7 lines deleted...]
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Ruth Ward</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="50" name="Group 49">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{93BE1DA8-45DB-6352-6FF9-8F41B2E8E68D}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
@@ -10290,98 +10165,98 @@
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{971D3D47-A875-7AD1-724F-5DF118736366}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="850541" y="139700"/>
             <a:ext cx="20091759" cy="1290638"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-AU" sz="3600" b="1" dirty="0"/>
+              <a:rPr lang="en-AU" sz="3600" b="1"/>
               <a:t>Department of Families, Fairness and Housing </a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="3600" b="1" dirty="0"/>
-[...2 lines deleted...]
-              <a:rPr lang="en-AU" sz="3600" dirty="0"/>
+              <a:rPr lang="en-AU" sz="3600" b="1"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="3600"/>
               <a:t>Community Operations Leadership and Practice branch structure</a:t>
             </a:r>
-            <a:endParaRPr lang="en-AU" sz="1800" dirty="0"/>
+            <a:endParaRPr lang="en-AU" sz="1800"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="TextBox 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F6601570-25AF-3156-79AE-2B15FC1E177B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="938307" y="1730073"/>
             <a:ext cx="13505542" cy="369332"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-AU" dirty="0">
+              <a:rPr lang="en-AU">
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
-              <a:t>Last update 8 September 2025</a:t>
+              <a:t>Last update 25 November 2025</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="48" name="Rectangle 47">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{13E9DE87-54FB-DC4A-FD3A-51578F3C8CAD}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="896257" y="2587114"/>
             <a:ext cx="22315713" cy="382684"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
@@ -10414,51 +10289,51 @@
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" defTabSz="311163">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPct val="35000"/>
               </a:spcAft>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Community Operations Leadership and Practice</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="25" name="Rectangle 24">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FA1DE6A4-D2C8-540A-F0A6-19EE436BFB04}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
@@ -10498,79 +10373,79 @@
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" defTabSz="311163">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPct val="35000"/>
               </a:spcAft>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Deputy Secretary</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Danny O’Kelly</a:t>
             </a:r>
-            <a:endParaRPr lang="en-GB" sz="1200" dirty="0">
+            <a:endParaRPr lang="en-GB" sz="1200">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="45" name="Rectangle 44">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EDB02AD0-B4C0-17B9-2BC7-1895529625C6}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="852801" y="6137806"/>
             <a:ext cx="2160000" cy="1080000"/>
@@ -10607,138 +10482,138 @@
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" defTabSz="311163">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPct val="35000"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Statewide Children </a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
-[...8 lines deleted...]
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200" b="1">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>and </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Families</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> Operations </a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
-[...8 lines deleted...]
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Executive Director </a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Leeanne Miller</a:t>
             </a:r>
-            <a:endParaRPr lang="en-AU" sz="1200" dirty="0">
+            <a:endParaRPr lang="en-AU" sz="1200">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="44" name="Rectangle 43">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7CD37C61-878F-5D8E-D691-356AFC1E8D8D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3409472" y="6137806"/>
@@ -10776,109 +10651,109 @@
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" defTabSz="311163">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPct val="35000"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Statewide Disability </a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
-[...5 lines deleted...]
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200" b="1">
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>and Housing Operations </a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
-[...8 lines deleted...]
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Executive Director </a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Elinor Harper</a:t>
             </a:r>
-            <a:endParaRPr lang="en-AU" sz="1200" dirty="0">
+            <a:endParaRPr lang="en-AU" sz="1200">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="+mn-lt"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="43" name="Rectangle 42">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3506EF7D-64A0-632C-AC9B-14113F1E5946}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5966143" y="6137806"/>
             <a:ext cx="2160000" cy="1080000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
@@ -10913,129 +10788,129 @@
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" defTabSz="311163">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPct val="35000"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Service Agreement </a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
-[...8 lines deleted...]
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200" b="1">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>and Quality Systems</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
-[...8 lines deleted...]
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Executive Director </a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Tahoma"/>
                 <a:cs typeface="Tahoma"/>
               </a:rPr>
               <a:t>Michael </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" dirty="0" err="1">
+              <a:rPr lang="en-AU" sz="1200" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Tahoma"/>
                 <a:cs typeface="Tahoma"/>
               </a:rPr>
               <a:t>Mefflin</a:t>
             </a:r>
-            <a:endParaRPr lang="en-AU" sz="1200" dirty="0">
+            <a:endParaRPr lang="en-AU" sz="1200">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="42" name="Rectangle 41">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2B251073-E259-A845-6223-3A150960C795}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="8522814" y="6137806"/>
@@ -11073,89 +10948,89 @@
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" defTabSz="311163">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPct val="35000"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Service Enhancement</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
-[...8 lines deleted...]
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Executive Director </a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Lisa Gardner</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Rectangle 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5B4A486B-3568-9D4F-A23B-3CC7E6FC256F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
@@ -11195,89 +11070,89 @@
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" defTabSz="311163">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPct val="35000"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Office of Professional Practice</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
-[...8 lines deleted...]
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Chief Practitioner and Executive Director</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
-[...8 lines deleted...]
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Kirstie Lomas</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="24" name="Rectangle 23">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{14B8BEEB-4CA1-5D49-358F-002633DD8F69}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
@@ -11316,111 +11191,111 @@
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" defTabSz="311163">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPct val="35000"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>North Division</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Deputy Secretary</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Jenny </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" dirty="0" err="1">
+              <a:rPr lang="en-AU" sz="1200" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Litsas</a:t>
             </a:r>
-            <a:endParaRPr lang="en-AU" sz="1200" dirty="0">
+            <a:endParaRPr lang="en-AU" sz="1200">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:ea typeface="Tahoma"/>
               <a:cs typeface="Tahoma"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="34" name="Rectangle 33">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{20561A0B-035D-729E-4F0E-C9120DFFEDD9}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="13612482" y="6137806"/>
@@ -11458,110 +11333,110 @@
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" defTabSz="311163">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPct val="35000"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>North East Melbourne Area</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
-[...8 lines deleted...]
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Executive Director </a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Angela </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" dirty="0" err="1">
+              <a:rPr lang="en-AU" sz="1200" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Papoutsoglou</a:t>
             </a:r>
-            <a:endParaRPr lang="en-AU" sz="1200" dirty="0">
+            <a:endParaRPr lang="en-AU" sz="1200">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="35" name="Rectangle 34">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CA2245E8-52C1-D019-F0AF-34C6D99A46F3}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="13612482" y="7351954"/>
@@ -11599,100 +11474,100 @@
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" defTabSz="311163">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPct val="35000"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Hume Merri-</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0" err="1">
+              <a:rPr lang="en-AU" sz="1200" b="1" err="1">
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>bek</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> Area</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
-[...8 lines deleted...]
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Executive Director </a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Nathan Chapman</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="36" name="Rectangle 35">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{835F9ED7-BF08-B907-F08A-0E2E34BB4C9F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
@@ -11732,89 +11607,89 @@
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" defTabSz="311163">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPct val="35000"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Loddon Area</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
-[...8 lines deleted...]
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Executive Director </a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Damian Worley (A)</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="37" name="Rectangle 36">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2516DB37-627C-1068-42D5-5CFE7E4B1A2E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
@@ -11854,89 +11729,89 @@
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" defTabSz="311163">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPct val="35000"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Mallee Area</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
-[...8 lines deleted...]
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Executive Director </a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Teresa Cavallo</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="19" name="Rectangle 18">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7000BC72-9FCD-7BA1-56E4-37FBE25E00B4}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
@@ -11976,90 +11851,90 @@
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" defTabSz="311163">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPct val="35000"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>South Division</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Deputy Secretary</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Kathleen Alonso</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="38" name="Rectangle 37">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BFAB1102-6E32-2B1A-664A-4109C01507F2}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
@@ -12099,89 +11974,89 @@
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" defTabSz="311163">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPct val="35000"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Southern Melbourne Area</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
-[...8 lines deleted...]
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Executive Director </a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Lisa Scully</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="39" name="Rectangle 38">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{36F05C0C-56B5-879C-6FFF-E791BC0631B9}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
@@ -12221,89 +12096,89 @@
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" defTabSz="311163">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPct val="35000"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Inner Gippsland Area</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
-[...8 lines deleted...]
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Executive Director </a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Gregory Blakeley</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="40" name="Rectangle 39">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{748B044F-7058-6B11-9E25-EC1B1611FE1C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
@@ -12343,121 +12218,121 @@
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" defTabSz="311163">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPct val="35000"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Bayside Peninsula Area</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
-[...8 lines deleted...]
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Executive Director </a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" dirty="0" err="1">
+              <a:rPr lang="en-AU" sz="1200" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Taanya</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" dirty="0" err="1">
+              <a:rPr lang="en-AU" sz="1200" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Gounas</a:t>
             </a:r>
-            <a:endParaRPr lang="en-AU" sz="1200" dirty="0">
+            <a:endParaRPr lang="en-AU" sz="1200">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="41" name="Rectangle 40">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BA3C36C4-27CB-91BA-64E9-8D410DEE9C3D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="16109249" y="9632651"/>
@@ -12495,89 +12370,89 @@
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" defTabSz="311163">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPct val="35000"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Outer Gippsland Area</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
-[...8 lines deleted...]
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Executive Director </a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Darlene Henning-Marshall</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="16" name="Rectangle 15">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4A4C98CC-093A-DB6D-CDA8-6DCF01F374EB}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
@@ -12617,106 +12492,98 @@
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" defTabSz="311163">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPct val="35000"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>East Division</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Deputy Secretary</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
               <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Penelope Steuart</a:t>
             </a:r>
-            <a:endParaRPr lang="en-AU" sz="1200" dirty="0">
-[...6 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="17" name="Rectangle 16">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E466BED8-66F6-27A5-A938-3E70192BBC92}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="18589336" y="6098190"/>
             <a:ext cx="2160000" cy="1080000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
@@ -12749,98 +12616,98 @@
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" defTabSz="311163">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPct val="35000"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Goulburn Area</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
-[...8 lines deleted...]
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Executive Director </a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Paul O'Kelly</a:t>
             </a:r>
-            <a:endParaRPr lang="en-GB" sz="1200" dirty="0">
+            <a:endParaRPr lang="en-GB" sz="1200">
               <a:solidFill>
                 <a:prstClr val="white"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="21" name="Rectangle 20">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8C72E69D-4651-7D90-2B99-DFD07D07A1BE}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
@@ -12879,98 +12746,98 @@
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" defTabSz="311163">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPct val="35000"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
               <a:t>Inner Eastern Melbourne</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Executive Director </a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
               <a:t>Andrew Philipson</a:t>
             </a:r>
-            <a:endParaRPr lang="en-GB" sz="1200" dirty="0">
+            <a:endParaRPr lang="en-GB" sz="1200">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:cs typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="22" name="Rectangle 21">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0046A6E2-2C9B-826F-9B55-F9874C299B7B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
@@ -13009,98 +12876,98 @@
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" defTabSz="311163">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPct val="35000"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Ovens Murray Area</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" b="1" strike="sngStrike" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1" strike="sngStrike">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Executive Director </a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Richard Slade</a:t>
             </a:r>
-            <a:endParaRPr lang="en-GB" sz="1200" dirty="0">
+            <a:endParaRPr lang="en-GB" sz="1200">
               <a:solidFill>
                 <a:prstClr val="white"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="23" name="Rectangle 22">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F52B257D-265B-DE9F-3247-E8A95689AF04}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
@@ -13139,117 +13006,117 @@
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" defTabSz="311163">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPct val="35000"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Outer Eastern </a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
-[...8 lines deleted...]
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200" b="1">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Melbourne Area</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
-[...8 lines deleted...]
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Executive Director </a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Keith Smith</a:t>
             </a:r>
-            <a:endParaRPr lang="en-GB" sz="1200" dirty="0">
+            <a:endParaRPr lang="en-GB" sz="1200">
               <a:solidFill>
                 <a:prstClr val="white"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="20" name="Rectangle 19">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{65E07735-9015-C42E-A264-ECB3956739DD}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="21072859" y="4923658"/>
             <a:ext cx="2160000" cy="1080000"/>
@@ -13286,90 +13153,90 @@
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" defTabSz="311163">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPct val="35000"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>West Division</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Deputy Secretary</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Kelly Stanton</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="28" name="Rectangle 27">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{70B53A46-C6BF-65DA-CC82-6EEC1632756F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
@@ -13409,89 +13276,89 @@
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" defTabSz="311163">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPct val="35000"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Central Highlands Area</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
-[...8 lines deleted...]
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Executive Director </a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Colleen Wilson</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="29" name="Rectangle 28">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0AE8D73F-E080-A7CE-9369-69605D4BFAA1}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
@@ -13531,110 +13398,110 @@
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" defTabSz="311163">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPct val="35000"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Wimmera South West Area</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
-[...8 lines deleted...]
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Executive Director </a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Danielle </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" dirty="0" err="1">
+              <a:rPr lang="en-AU" sz="1200" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Wooltorton</a:t>
             </a:r>
-            <a:endParaRPr lang="en-AU" sz="1200" dirty="0">
+            <a:endParaRPr lang="en-AU" sz="1200">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="30" name="Rectangle 29">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D82CBCE8-E997-0AF3-8108-68216D35E23E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="21072859" y="8446393"/>
@@ -13672,110 +13539,110 @@
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" defTabSz="311163">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPct val="35000"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Barwon Area</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
-[...8 lines deleted...]
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Executive Director </a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Linda </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" dirty="0" err="1">
+              <a:rPr lang="en-AU" sz="1200" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Gerdtz</a:t>
             </a:r>
-            <a:endParaRPr lang="en-AU" sz="1200" dirty="0">
+            <a:endParaRPr lang="en-AU" sz="1200">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="31" name="Rectangle 30">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F176461A-4CB5-0DE4-CCE8-0169F8687323}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="21072859" y="9632651"/>
@@ -13813,105 +13680,99 @@
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" defTabSz="311163">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPct val="35000"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0" err="1">
-[...4 lines deleted...]
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:rPr lang="en-AU" sz="1200" b="1" err="1">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
               </a:rPr>
               <a:t>Brimbank</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
-[...4 lines deleted...]
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:rPr lang="en-AU" sz="1200" b="1">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
               </a:rPr>
               <a:t> Melton Area</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
-[...8 lines deleted...]
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
               </a:rPr>
               <a:t>Executive Director </a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-[...10 lines deleted...]
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Tahoma"/>
+                <a:cs typeface="Arial"/>
               </a:rPr>
               <a:t>Mark Stracey</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="32" name="Rectangle 31">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{20AC1884-7228-3C53-5DB3-E3779B7C827C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="21072859" y="10794885"/>
             <a:ext cx="2160000" cy="1080000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
@@ -13945,108 +13806,102 @@
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" defTabSz="311163">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPct val="35000"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
-[...4 lines deleted...]
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:rPr lang="en-AU" sz="1200" b="1">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
               </a:rPr>
               <a:t>Western Melbourne Area</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
-[...8 lines deleted...]
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
               </a:rPr>
               <a:t>Executive Director </a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
-[...13 lines deleted...]
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:rPr lang="en-AU" sz="1200">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1200">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
               </a:rPr>
               <a:t>Christine </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-GB" sz="1200" dirty="0" err="1">
-[...4 lines deleted...]
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:rPr lang="en-GB" sz="1200" err="1">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
               </a:rPr>
               <a:t>Pattas</a:t>
             </a:r>
-            <a:endParaRPr lang="en-GB" sz="1200" dirty="0">
+            <a:endParaRPr lang="en-GB" sz="1200" err="1">
               <a:solidFill>
                 <a:prstClr val="white"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="7" name="Straight Connector 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9E3DED1A-9DEA-E8E2-F829-A3CF01C2077A}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvCxnSpPr>
             <a:cxnSpLocks/>
           </p:cNvCxnSpPr>
           <p:nvPr/>
@@ -14208,98 +14063,98 @@
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" defTabSz="311163">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPct val="35000"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Director</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
-[...8 lines deleted...]
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200" b="1">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Office of Deputy Secretary</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
-[...8 lines deleted...]
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Michelle Guille</a:t>
             </a:r>
-            <a:endParaRPr lang="en-GB" sz="1200" dirty="0">
+            <a:endParaRPr lang="en-GB" sz="1200">
               <a:solidFill>
                 <a:prstClr val="white"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="498379047"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
@@ -14352,139 +14207,139 @@
           <p:cNvPr id="3" name="Content Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{79EFC407-94E1-D681-7CA2-7470D7A716CD}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-AU" sz="2000" dirty="0">
+              <a:rPr lang="en-AU" sz="2000">
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
               <a:t>To receive this information in another format, email </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-AU" sz="2000" dirty="0">
+              <a:rPr lang="en-AU" sz="2000">
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:hlinkClick r:id="rId2"/>
               </a:rPr>
               <a:t>dffhcomms@dffh.vic.gov.au</a:t>
             </a:r>
-            <a:endParaRPr lang="en-AU" sz="2000" dirty="0">
+            <a:endParaRPr lang="en-AU" sz="2000">
               <a:latin typeface="Arial"/>
               <a:cs typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-AU" sz="2000" dirty="0">
+              <a:rPr lang="en-AU" sz="2000">
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
               <a:t>Authorised and published by the Victorian Government, 1 Treasury Place, Melbourne.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-AU" sz="2000" dirty="0">
+              <a:rPr lang="en-AU" sz="2000">
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
               <a:t>© State of Victoria, Australia, Department of Families, Fairness and Housing, September 2025.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-AU" sz="2000" dirty="0">
+              <a:rPr lang="en-AU" sz="2000">
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
               <a:t>Available at </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-AU" sz="2000" dirty="0">
+              <a:rPr lang="en-AU" sz="2000">
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:hlinkClick r:id="rId3"/>
               </a:rPr>
               <a:t>Department of Families, Fairness and Housing – Our Structure</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-AU" sz="2000" dirty="0">
+              <a:rPr lang="en-AU" sz="2000">
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
               <a:t> https://</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-AU" sz="2000" dirty="0" err="1">
+              <a:rPr lang="en-AU" sz="2000" err="1">
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
               <a:t>www.dffh.vic.gov.au</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-AU" sz="2000" dirty="0">
+              <a:rPr lang="en-AU" sz="2000">
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
               <a:t>/our-structure.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr lang="en-AU" dirty="0"/>
+            <a:endParaRPr lang="en-AU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D8774EEF-9636-16D5-DB9D-7D1A9CA66BD4}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="347601" y="13338523"/>
             <a:ext cx="397965" cy="766678"/>
           </a:xfrm>
         </p:spPr>
@@ -15118,509 +14973,238 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...12 lines deleted...]
-    <xsd:import namespace="edc24be7-85b6-48b8-bec8-bca4fac6ccab"/>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101009F0C4347C5C6D34BA8C9FCC4F57D19B6" ma:contentTypeVersion="21" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="4239ced841baabae3de98ac4cf5f024c">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="06badf41-c0a1-41a6-983a-efd542c2c878" xmlns:ns3="51ef5222-d273-4e86-adbf-8aa3d9e99a84" xmlns:ns4="5ce0f2b5-5be5-4508-bce9-d7011ece0659" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="689213ee4a1b6192de7fb9fe15060b9a" ns2:_="" ns3:_="" ns4:_="">
+    <xsd:import namespace="06badf41-c0a1-41a6-983a-efd542c2c878"/>
+    <xsd:import namespace="51ef5222-d273-4e86-adbf-8aa3d9e99a84"/>
     <xsd:import namespace="5ce0f2b5-5be5-4508-bce9-d7011ece0659"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
-                <xsd:element ref="ns2:Category"/>
-[...12 lines deleted...]
-                <xsd:element ref="ns2:Topic" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
-[...1 lines deleted...]
-                <xsd:element ref="ns2:Download" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
-[...5 lines deleted...]
-                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:Caption" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
-                <xsd:element ref="ns3:Delete" minOccurs="0"/>
-                <xsd:element ref="ns3:Review_x0020_Due_x0020_Date" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="06badf41-c0a1-41a6-983a-efd542c2c878" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="Company" ma:index="3" nillable="true" ma:displayName="Company template" ma:description="The department stated in the document letterhead or template. This is to distinguish current and legacy documents, used to help identify which document needs to be updated." ma:format="Dropdown" ma:internalName="Company">
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Choice">
-[...9 lines deleted...]
-        </xsd:restriction>
+        <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-  </xsd:schema>
-[...3 lines deleted...]
-    <xsd:element name="Category" ma:index="2" ma:displayName="Category" ma:description="Type of intranet document. This is also used for the related documents section on the intranet page." ma:format="Dropdown" ma:indexed="true" ma:internalName="Category">
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Choice">
-[...35 lines deleted...]
-        </xsd:restriction>
+        <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="Originalcreateddate" ma:index="4" nillable="true" ma:displayName="Original created date" ma:description="Date when the content was created in the DHHS intranet, before it was migrated to this site." ma:format="DateOnly" ma:internalName="Originalcreateddate" ma:readOnly="false">
+    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="10" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
       <xsd:simpleType>
-        <xsd:restriction base="dms:DateTime"/>
+        <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="Review_x0020_Date" ma:index="5" nillable="true" ma:displayName="Review Date" ma:description="Date when the file should be reviewed." ma:format="DateOnly" ma:internalName="Review_x0020_Date" ma:readOnly="false">
-[...84 lines deleted...]
-    <xsd:element name="Comments" ma:index="17" nillable="true" ma:displayName="Comments" ma:description="Description of document" ma:format="Dropdown" ma:internalName="Comments" ma:readOnly="false">
+    <xsd:element name="MediaServiceKeyPoints" ma:index="11" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="Typed_x0020_filesize" ma:index="18" nillable="true" ma:displayName="Typed filesize" ma:description="Manually enter the file size for file downloads e.g. (Word, 53 KB)." ma:format="Dropdown" ma:internalName="Typed_x0020_filesize" ma:readOnly="false">
+    <xsd:element name="MediaServiceAutoTags" ma:index="14" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="15" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="16" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="17" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="18" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="19" nillable="true" ma:displayName="Length (seconds)" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="20" nillable="true" ma:displayName="Location" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="22" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="6e24e156-28e6-48ad-9c0f-4171595c9d94" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="24" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Caption" ma:index="25" nillable="true" ma:displayName="Caption" ma:format="Dropdown" ma:internalName="Caption">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="Topic" ma:index="19" nillable="true" ma:displayName="Topic" ma:description="Sub-heading for document library" ma:format="Dropdown" ma:indexed="true" ma:internalName="Topic">
-[...36 lines deleted...]
-    <xsd:element name="MediaServiceFastMetadata" ma:index="25" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+    <xsd:element name="MediaServiceSearchProperties" ma:index="26" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="Moreinfo" ma:index="26" nillable="true" ma:displayName="More info" ma:description="Link for more or related information they should know." ma:format="Hyperlink" ma:hidden="true" ma:internalName="Moreinfo" ma:readOnly="false">
-[...110 lines deleted...]
-    <xsd:element name="MediaServiceSearchProperties" ma:index="53" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="27" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="edc24be7-85b6-48b8-bec8-bca4fac6ccab" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="51ef5222-d273-4e86-adbf-8aa3d9e99a84" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="SharedWithUsers" ma:index="22" nillable="true" ma:displayName="Shared With" ma:hidden="true" ma:SearchPeopleOnly="false" ma:SharePointGroup="0" ma:internalName="SharedWithUsers" ma:readOnly="true" ma:showField="ImnName">
+    <xsd:element name="SharedWithUsers" ma:index="12" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithDetails" ma:index="23" nillable="true" ma:displayName="Shared With Details" ma:hidden="true" ma:internalName="SharedWithDetails" ma:readOnly="true">
+    <xsd:element name="SharedWithDetails" ma:index="13" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Note"/>
-[...9 lines deleted...]
-        <xsd:restriction base="dms:DateTime"/>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="5ce0f2b5-5be5-4508-bce9-d7011ece0659" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="TaxCatchAll" ma:index="46" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{653b1683-0861-4244-a845-dd8daf1f12c4}" ma:internalName="TaxCatchAll" ma:readOnly="false" ma:showField="CatchAllData" ma:web="edc24be7-85b6-48b8-bec8-bca4fac6ccab">
+    <xsd:element name="TaxCatchAll" ma:index="23" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{d5a02ebc-a532-4cc7-9416-7e8309854dba}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="51ef5222-d273-4e86-adbf-8aa3d9e99a84">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
-        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1" ma:displayName="Author"/>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
-        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:displayName="Content Type"/>
-[...1 lines deleted...]
-        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1" ma:index="56" ma:displayName="Subject"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
-        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="8" ma:displayName="Keywords"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
         </xsd:element>
         <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
       </xsd:all>
     </xsd:complexType>
   </xsd:schema>
   <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
     <xs:element name="Person">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:DisplayName" minOccurs="0"/>
           <xs:element ref="pc:AccountId" minOccurs="0"/>
           <xs:element ref="pc:AccountType" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
@@ -15662,55 +15246,64 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="5ce0f2b5-5be5-4508-bce9-d7011ece0659" xsi:nil="true"/>
-    <SharedWithUsers xmlns="edc24be7-85b6-48b8-bec8-bca4fac6ccab">
+    <SharedWithUsers xmlns="51ef5222-d273-4e86-adbf-8aa3d9e99a84">
       <UserInfo>
         <DisplayName>Alixx Ackland (DFFH)</DisplayName>
         <AccountId>101</AccountId>
         <AccountType/>
       </UserInfo>
       <UserInfo>
         <DisplayName>Paula Murray (DFFH)</DisplayName>
         <AccountId>199</AccountId>
         <AccountType/>
       </UserInfo>
       <UserInfo>
         <DisplayName>Louise Perry (DFFH)</DisplayName>
         <AccountId>55</AccountId>
         <AccountType/>
       </UserInfo>
       <UserInfo>
         <DisplayName>Ezra Hansen (DFFH)</DisplayName>
         <AccountId>215</AccountId>
         <AccountType/>
       </UserInfo>
       <UserInfo>
         <DisplayName>Simon Newport (Homes Victoria)</DisplayName>
         <AccountId>93</AccountId>
         <AccountType/>
       </UserInfo>
@@ -15813,153 +15406,112 @@
         <DisplayName>Ai-Thi Ngo (DFFH)</DisplayName>
         <AccountId>13</AccountId>
         <AccountType/>
       </UserInfo>
       <UserInfo>
         <DisplayName>Patrick Steele (DFFH)</DisplayName>
         <AccountId>20</AccountId>
         <AccountType/>
       </UserInfo>
       <UserInfo>
         <DisplayName>Louise Gartland (DFFH)</DisplayName>
         <AccountId>18</AccountId>
         <AccountType/>
       </UserInfo>
       <UserInfo>
         <DisplayName>Alyssa Coulter (DFFH)</DisplayName>
         <AccountId>17</AccountId>
         <AccountType/>
       </UserInfo>
       <UserInfo>
         <DisplayName>Nicole Denton (Homes Victoria)</DisplayName>
         <AccountId>10</AccountId>
         <AccountType/>
       </UserInfo>
     </SharedWithUsers>
-    <lcf76f155ced4ddcb4097134ff3c332f xmlns="1b36a5f6-0e43-4960-9bd5-bbfdf6c6f00e">
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="06badf41-c0a1-41a6-983a-efd542c2c878">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
-    <Originalcreateddate xmlns="1b36a5f6-0e43-4960-9bd5-bbfdf6c6f00e" xsi:nil="true"/>
-[...38 lines deleted...]
-    </Download>
+    <Caption xmlns="06badf41-c0a1-41a6-983a-efd542c2c878" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8D800DFB-839C-4C0F-8F2E-EC7316D82A90}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="06badf41-c0a1-41a6-983a-efd542c2c878"/>
+    <ds:schemaRef ds:uri="51ef5222-d273-4e86-adbf-8aa3d9e99a84"/>
+    <ds:schemaRef ds:uri="5ce0f2b5-5be5-4508-bce9-d7011ece0659"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{80152410-6F00-4074-9244-86FB789D3712}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...19 lines deleted...]
-
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{89F91184-3DC9-4010-8893-33ADF19177C6}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="06badf41-c0a1-41a6-983a-efd542c2c878"/>
+    <ds:schemaRef ds:uri="51ef5222-d273-4e86-adbf-8aa3d9e99a84"/>
     <ds:schemaRef ds:uri="5ce0f2b5-5be5-4508-bce9-d7011ece0659"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="edc24be7-85b6-48b8-bec8-bca4fac6ccab"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Office 2013 - 2022 Theme</Template>
   <TotalTime></TotalTime>
-  <Words>968</Words>
+  <Words>957</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Custom</PresentationFormat>
-  <Paragraphs>99</Paragraphs>
+  <Paragraphs>101</Paragraphs>
   <Slides>3</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fonts Used</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Slide Titles</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
@@ -16010,38 +15562,38 @@
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_43e64453-338c-4f93-8a4d-0039a0a41f2a_SetDate">
     <vt:lpwstr>2023-11-03T02:42:14Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_43e64453-338c-4f93-8a4d-0039a0a41f2a_Method">
     <vt:lpwstr>Privileged</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_43e64453-338c-4f93-8a4d-0039a0a41f2a_Name">
     <vt:lpwstr>43e64453-338c-4f93-8a4d-0039a0a41f2a</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_43e64453-338c-4f93-8a4d-0039a0a41f2a_SiteId">
     <vt:lpwstr>c0e0601f-0fac-449c-9c88-a104c4eb9f28</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_43e64453-338c-4f93-8a4d-0039a0a41f2a_ActionId">
     <vt:lpwstr>e3a8904e-a4ca-4b27-af7f-f07fa37d4ab4</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_43e64453-338c-4f93-8a4d-0039a0a41f2a_ContentBits">
     <vt:lpwstr>2</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="ClassificationContentMarkingFooterLocations">
     <vt:lpwstr>Office Theme:7</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="ClassificationContentMarkingFooterText">
     <vt:lpwstr>OFFICIAL</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="ContentTypeId">
-    <vt:lpwstr>0x010100DA9562649C09EA4A851405C5BE47FD0F</vt:lpwstr>
+    <vt:lpwstr>0x0101009F0C4347C5C6D34BA8C9FCC4F57D19B6</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="_ExtendedDescription">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="Metatag">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>