--- v1 (2025-12-25)
+++ v2 (2026-02-24)
@@ -121,135 +121,139 @@
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl7pPr>
     <a:lvl8pPr marL="3200400" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl8pPr>
     <a:lvl9pPr marL="3657600" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:defaultTextStyle>
+  <p:extLst>
+    <p:ext uri="{EFAFB233-063F-42B5-8137-9DF3F51BA10A}">
+      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main"/>
+    </p:ext>
+  </p:extLst>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:showPr showNarration="1">
     <p:present/>
     <p:sldAll/>
     <p:penClr>
       <a:prstClr val="red"/>
     </p:penClr>
     <p:extLst>
       <p:ext uri="{EC167BDD-8182-4AB7-AECC-EB403E3ABB37}">
         <p14:laserClr xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
           <a:srgbClr val="FF0000"/>
         </p14:laserClr>
       </p:ext>
       <p:ext uri="{2FDB2607-1784-4EEB-B798-7EB5836EED8A}">
         <p14:showMediaCtrls xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1"/>
       </p:ext>
     </p:extLst>
   </p:showPr>
   <p:clrMru>
     <a:srgbClr val="500778"/>
     <a:srgbClr val="201547"/>
     <a:srgbClr val="B99CC9"/>
     <a:srgbClr val="FF2F92"/>
     <a:srgbClr val="00857E"/>
   </p:clrMru>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="32767"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/revisionInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <p1510:revInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p1510="http://schemas.microsoft.com/office/powerpoint/2015/10/main">
   <p1510:revLst>
-    <p1510:client id="{4FFE0710-712C-45BD-9364-15DFC8C6F9D7}" v="1" dt="2025-11-25T04:34:15.765"/>
-[...1 lines deleted...]
-    <p1510:client id="{F325877B-0183-7A55-6859-A26499F0EFA6}" v="4" dt="2025-11-25T04:07:32.658"/>
+    <p1510:client id="{07C36611-C4CE-74CA-2A52-6B7679F48832}" v="32" dt="2026-01-14T22:05:51.188"/>
+    <p1510:client id="{31E902CE-D571-42B9-8B01-B179184BB703}" v="10" dt="2026-01-14T01:58:50.247"/>
   </p1510:revLst>
 </p1510:revInfo>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr>
     <p:restoredLeft sz="15620"/>
     <p:restoredTop sz="94660"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
-      <p:cViewPr varScale="1">
+      <p:cViewPr>
         <p:scale>
-          <a:sx n="29" d="100"/>
-          <a:sy n="29" d="100"/>
+          <a:sx n="92" d="100"/>
+          <a:sy n="92" d="100"/>
         </p:scale>
-        <p:origin x="756" y="44"/>
+        <p:origin x="-12144" y="-1324"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
-  <p:gridSpacing cx="76200" cy="76200"/>
+  <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId13" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/notesMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notesMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
@@ -299,51 +303,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{87A70258-513B-423A-86D3-0B52B74D857B}" type="datetimeFigureOut">
               <a:rPr lang="en-AU" smtClean="0"/>
-              <a:t>26/11/2025</a:t>
+              <a:t>15/01/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-AU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Image Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="536575" y="1143000"/>
             <a:ext cx="5784850" cy="3086100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
@@ -759,51 +763,51 @@
             <a:r>
               <a:rPr lang="en-GB"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{AFEAD364-0962-49E7-A5CA-39BB91635A25}" type="datetime1">
               <a:rPr lang="en-AU" smtClean="0"/>
-              <a:t>26/11/2025</a:t>
+              <a:t>15/01/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-AU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-AU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -945,51 +949,51 @@
             <a:r>
               <a:rPr lang="en-GB"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Date Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{41FEB51E-AF7C-46BC-917F-960E1ADEE5D1}" type="datetime1">
               <a:rPr lang="en-AU" smtClean="0"/>
-              <a:t>26/11/2025</a:t>
+              <a:t>15/01/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-AU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Footer Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-AU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1056,51 +1060,51 @@
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Date Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C4BABE88-B326-4C34-8455-27406B30C5F9}" type="datetime1">
               <a:rPr lang="en-AU" smtClean="0"/>
-              <a:t>26/11/2025</a:t>
+              <a:t>15/01/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-AU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Footer Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-AU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1262,51 +1266,51 @@
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Date Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{806070DE-5295-4755-88F4-508B2F3207A5}" type="datetime1">
               <a:rPr lang="en-AU" smtClean="0"/>
-              <a:t>26/11/2025</a:t>
+              <a:t>15/01/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-AU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Footer Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-AU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1543,51 +1547,51 @@
         <p:spPr>
           <a:xfrm>
             <a:off x="1856700" y="13346865"/>
             <a:ext cx="6076474" cy="766678"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="2520">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{4E9E63D0-0A87-4961-BFA4-6101872BE3B5}" type="datetime1">
               <a:rPr lang="en-AU" smtClean="0"/>
-              <a:t>26/11/2025</a:t>
+              <a:t>15/01/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-AU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="8945920" y="13346865"/>
             <a:ext cx="9114711" cy="766678"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -2514,62 +2518,62 @@
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1" noRot="1" noMove="1" noResize="1" noEditPoints="1" noAdjustHandles="1" noChangeArrowheads="1" noChangeShapeType="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="938307" y="1730073"/>
             <a:ext cx="13505542" cy="369332"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-AU" sz="1800">
+              <a:rPr lang="en-AU" sz="1800" dirty="0">
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
-              <a:t>Last update </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="en-AU">
+              <a:t>Last </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-AU" dirty="0">
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
-              <a:t>25 November 2025</a:t>
+              <a:t>update 14 January 2026</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="18" name="Rectangle 17">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{87F414B4-98EF-24AB-A3BE-61D7B89C8261}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noMove="1" noResize="1" noEditPoints="1" noAdjustHandles="1" noChangeArrowheads="1" noChangeShapeType="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="805172" y="2403332"/>
             <a:ext cx="25100229" cy="619910"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
@@ -5485,110 +5489,110 @@
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" defTabSz="186420">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPct val="35000"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" b="1">
+              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Information Technology </a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" b="1">
-[...7 lines deleted...]
-              <a:rPr lang="en-AU" sz="1200" b="1">
+              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Services</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" b="1">
-[...7 lines deleted...]
-              <a:rPr lang="en-AU" sz="1200">
+              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200" dirty="0">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Executive Director</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200">
-[...15 lines deleted...]
-            <a:endParaRPr lang="en-AU" sz="1200">
+              <a:rPr lang="en-AU" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+              <a:t>Ashleigh Hart</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-AU" sz="1200" dirty="0">
               <a:solidFill>
                 <a:prstClr val="white"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="28" name="Rectangle 27">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{36D4416E-CEC4-5F3E-0C70-8FFB304AC25C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="11088635" y="7204651"/>
@@ -5858,83 +5862,83 @@
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" defTabSz="186420">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPct val="35000"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Legal Services</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
-[...4 lines deleted...]
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Tahoma"/>
                 <a:cs typeface="Tahoma"/>
               </a:rPr>
               <a:t>General Counsel</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200">
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Tahoma"/>
                 <a:cs typeface="Tahoma"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Tahoma"/>
                 <a:cs typeface="Tahoma"/>
               </a:rPr>
               <a:t>Elsie Loh</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="31" name="Rectangle 30">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{99306231-E3C9-2A89-0FCC-508BBD302EF1}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
@@ -5977,91 +5981,91 @@
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" defTabSz="186420">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPct val="35000"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" b="1">
+              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Common Corporate Support</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" b="1">
-[...7 lines deleted...]
-              <a:rPr lang="en-AU" sz="1200">
+              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200" dirty="0">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Executive Director</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200">
-[...13 lines deleted...]
-              <a:t>Gordon Caris</a:t>
+              <a:rPr lang="en-AU" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+              <a:t>Jacinta Rossi</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="64" name="Rectangle 63">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{955B16EE-93C3-D131-74FA-74D31B658162}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="13387206" y="3652344"/>
             <a:ext cx="2160000" cy="1094745"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
@@ -6104,89 +6108,82 @@
           <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" defTabSz="186420">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPct val="35000"/>
               </a:spcAft>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1200" b="1">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Disability, Fairness and Emergency Management</a:t>
             </a:r>
             <a:br>
               <a:rPr lang="en-US" sz="1200" b="1">
-                <a:solidFill>
-[...1 lines deleted...]
-                </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
             </a:br>
             <a:r>
               <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Deputy Secretary</a:t>
             </a:r>
-            <a:br>
-[...22 lines deleted...]
-            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr" defTabSz="186420">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPct val="35000"/>
+              </a:spcAft>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+              <a:t>Argiri Alisandratos</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="65" name="Rectangle 64">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D48190D9-9A08-CCBC-F7C9-95F24E595EAD}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="13387206" y="4887440"/>
             <a:ext cx="2160000" cy="1094745"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
@@ -6588,87 +6585,84 @@
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" defTabSz="186420">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPct val="35000"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" b="1">
+              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Equality, Seniors, Women and Equity Strategy</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" b="1">
-[...4 lines deleted...]
-              <a:rPr lang="en-AU" sz="1200">
+              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200" dirty="0">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Executive Director</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200">
-[...12 lines deleted...]
-            <a:endParaRPr lang="en-GB" sz="1200">
+              <a:rPr lang="en-AU" sz="1200" dirty="0">
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200" dirty="0">
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+              <a:t>Alison Rutherford (A)</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" sz="1200" dirty="0">
               <a:solidFill>
                 <a:prstClr val="white"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:cs typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="22" name="Rectangle 21">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B7D754C3-2DD3-9175-E547-AB38F13955A9}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
@@ -8885,69 +8879,51 @@
               </a:rPr>
               <a:t>Executive Director</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0">
               <a:solidFill>
                 <a:prstClr val="white"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="ctr" defTabSz="186420">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPct val="35000"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-AU" sz="1200" dirty="0">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
-              <a:t>Tess </a:t>
-[...17 lines deleted...]
-              <a:t> (A)</a:t>
+              <a:t>Rachael Green</a:t>
             </a:r>
             <a:endParaRPr lang="en-AU" dirty="0">
               <a:solidFill>
                 <a:prstClr val="white"/>
               </a:solidFill>
               <a:ea typeface="Calibri"/>
               <a:cs typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="45" name="Rectangle 44">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A7974B3E-8F4C-2E80-B00E-5340A597ADF7}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
@@ -8986,89 +8962,89 @@
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" defTabSz="186420">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPct val="35000"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Strategy and Reform</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
-[...4 lines deleted...]
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Executive Director</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
-[...4 lines deleted...]
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200">
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
               <a:t>Tess </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" dirty="0" err="1">
+              <a:rPr lang="en-AU" sz="1200" err="1">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
               <a:t>Mullenger</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="47" name="Rectangle 46">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{716A2282-56C7-73CE-D030-4BA1369C0ED3}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
@@ -9119,79 +9095,79 @@
         </p:style>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" defTabSz="186420">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPct val="35000"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-AU" sz="1200" b="1">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Performance, Analytics, </a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
                 <a:latin typeface="Arial"/>
               </a:rPr>
             </a:br>
             <a:r>
               <a:rPr lang="en-AU" sz="1200" b="1">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>and Evaluation </a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" b="1">
                 <a:latin typeface="Arial"/>
               </a:rPr>
             </a:br>
             <a:r>
               <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Executive Director</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200">
                 <a:latin typeface="Arial"/>
               </a:rPr>
             </a:br>
             <a:r>
               <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Sonia </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-AU" sz="1200" err="1">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Mussawir</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-AU" sz="1200">
                 <a:solidFill>
                   <a:prstClr val="white"/>
@@ -10194,70 +10170,76 @@
               <a:rPr lang="en-AU" sz="3600" b="1"/>
             </a:br>
             <a:r>
               <a:rPr lang="en-AU" sz="3600"/>
               <a:t>Community Operations Leadership and Practice branch structure</a:t>
             </a:r>
             <a:endParaRPr lang="en-AU" sz="1800"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="TextBox 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F6601570-25AF-3156-79AE-2B15FC1E177B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="938307" y="1730073"/>
-            <a:ext cx="13505542" cy="369332"/>
+            <a:ext cx="13505542" cy="646331"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-AU">
+              <a:rPr lang="en-AU" dirty="0">
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
-              <a:t>Last update 25 November 2025</a:t>
-            </a:r>
+              <a:t>Last update 14 January 2026</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-AU">
+              <a:latin typeface="Arial"/>
+              <a:cs typeface="Arial"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="48" name="Rectangle 47">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{13E9DE87-54FB-DC4A-FD3A-51578F3C8CAD}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="896257" y="2587114"/>
             <a:ext cx="22315713" cy="382684"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="500778"/>
@@ -14973,238 +14955,500 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101009F0C4347C5C6D34BA8C9FCC4F57D19B6" ma:contentTypeVersion="21" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="4239ced841baabae3de98ac4cf5f024c">
-[...2 lines deleted...]
-    <xsd:import namespace="51ef5222-d273-4e86-adbf-8aa3d9e99a84"/>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100DA9562649C09EA4A851405C5BE47FD0F" ma:contentTypeVersion="89" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="697d91db4c6c94d9c8cbdcfe42a9786c">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="1b36a5f6-0e43-4960-9bd5-bbfdf6c6f00e" xmlns:ns3="edc24be7-85b6-48b8-bec8-bca4fac6ccab" xmlns:ns5="5ce0f2b5-5be5-4508-bce9-d7011ece0659" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="891c13311cacca2018ee77815058a615" ns1:_="" ns2:_="" ns3:_="" ns5:_="">
+    <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
+    <xsd:import namespace="1b36a5f6-0e43-4960-9bd5-bbfdf6c6f00e"/>
+    <xsd:import namespace="edc24be7-85b6-48b8-bec8-bca4fac6ccab"/>
     <xsd:import namespace="5ce0f2b5-5be5-4508-bce9-d7011ece0659"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
-                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
-[...2 lines deleted...]
-                <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:Category"/>
+                <xsd:element ref="ns1:Company" minOccurs="0"/>
+                <xsd:element ref="ns2:Originalcreateddate" minOccurs="0"/>
+                <xsd:element ref="ns2:Review_x0020_Date" minOccurs="0"/>
+                <xsd:element ref="ns2:Owner_x0020__x0028_Authenticated_x0029_" minOccurs="0"/>
+                <xsd:element ref="ns2:Sharinglink" minOccurs="0"/>
+                <xsd:element ref="ns2:Download_x0020_link" minOccurs="0"/>
+                <xsd:element ref="ns2:Page_x0020_name" minOccurs="0"/>
+                <xsd:element ref="ns2:Publishers" minOccurs="0"/>
+                <xsd:element ref="ns2:_Flow_SignoffStatus" minOccurs="0"/>
+                <xsd:element ref="ns2:Contract_x0020_type" minOccurs="0"/>
+                <xsd:element ref="ns2:Comments" minOccurs="0"/>
+                <xsd:element ref="ns2:Typed_x0020_filesize" minOccurs="0"/>
+                <xsd:element ref="ns2:Topic" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:Moreinfo" minOccurs="0"/>
+                <xsd:element ref="ns2:Download" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:h762c94a071542adbc933c364eeb6175" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:Order0" minOccurs="0"/>
+                <xsd:element ref="ns2:Page_x0020_name_x003a_ID" minOccurs="0"/>
+                <xsd:element ref="ns5:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
-                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
-                <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
-                <xsd:element ref="ns2:Caption" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
+                <xsd:element ref="ns3:Delete" minOccurs="0"/>
+                <xsd:element ref="ns3:Review_x0020_Due_x0020_Date" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="06badf41-c0a1-41a6-983a-efd542c2c878" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+    <xsd:element name="Company" ma:index="3" nillable="true" ma:displayName="Company template" ma:description="The department stated in the document letterhead or template. This is to distinguish current and legacy documents, used to help identify which document needs to be updated." ma:format="Dropdown" ma:internalName="Company">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Note"/>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="Department of Families, Fairness and Housing"/>
+          <xsd:enumeration value="Department of Health"/>
+          <xsd:enumeration value="DHHS"/>
+          <xsd:enumeration value="External resource"/>
+          <xsd:enumeration value="Corporate Alliance"/>
+          <xsd:enumeration value="Homes.vic"/>
+          <xsd:enumeration value="Shared - CCSB"/>
+          <xsd:enumeration value="Shared - Corporate Services"/>
+          <xsd:enumeration value="State Government Victoria"/>
+        </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="1b36a5f6-0e43-4960-9bd5-bbfdf6c6f00e" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="Category" ma:index="2" ma:displayName="Category" ma:description="Type of intranet document. This is also used for the related documents section on the intranet page." ma:format="Dropdown" ma:indexed="true" ma:internalName="Category">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Note"/>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="Hidden"/>
+          <xsd:enumeration value="Agreements"/>
+          <xsd:enumeration value="Case studies"/>
+          <xsd:enumeration value="Certificate of insurances"/>
+          <xsd:enumeration value="Checklists"/>
+          <xsd:enumeration value="Factsheet"/>
+          <xsd:enumeration value="FAQs"/>
+          <xsd:enumeration value="Flyer"/>
+          <xsd:enumeration value="Forms"/>
+          <xsd:enumeration value="Framework"/>
+          <xsd:enumeration value="Frameworks"/>
+          <xsd:enumeration value="Guides"/>
+          <xsd:enumeration value="Images"/>
+          <xsd:enumeration value="Infographic"/>
+          <xsd:enumeration value="Learning materials"/>
+          <xsd:enumeration value="People"/>
+          <xsd:enumeration value="Plans"/>
+          <xsd:enumeration value="Policies"/>
+          <xsd:enumeration value="Poster"/>
+          <xsd:enumeration value="Presentations"/>
+          <xsd:enumeration value="Procedures"/>
+          <xsd:enumeration value="Profile"/>
+          <xsd:enumeration value="Program"/>
+          <xsd:enumeration value="Resources"/>
+          <xsd:enumeration value="Standards"/>
+          <xsd:enumeration value="Strategies"/>
+          <xsd:enumeration value="Survey"/>
+          <xsd:enumeration value="Superintendent directions PMSC 2018-2022"/>
+          <xsd:enumeration value="Templates"/>
+          <xsd:enumeration value="Terms and conditions"/>
+          <xsd:enumeration value="Terms of Reference"/>
+          <xsd:enumeration value="Transcripts"/>
+          <xsd:enumeration value="Trade specifications"/>
+          <xsd:enumeration value="Video"/>
+          <xsd:enumeration value="VPS compliance"/>
+        </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="10" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+    <xsd:element name="Originalcreateddate" ma:index="4" nillable="true" ma:displayName="Original created date" ma:description="Date when the content was created in the DHHS intranet, before it was migrated to this site." ma:format="DateOnly" ma:internalName="Originalcreateddate" ma:readOnly="false">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Note"/>
+        <xsd:restriction base="dms:DateTime"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceKeyPoints" ma:index="11" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+    <xsd:element name="Review_x0020_Date" ma:index="5" nillable="true" ma:displayName="Review Date" ma:description="Date when the file should be reviewed." ma:format="DateOnly" ma:internalName="Review_x0020_Date" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:DateTime"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Owner_x0020__x0028_Authenticated_x0029_" ma:index="6" nillable="true" ma:displayName="Owner" ma:description="Owner of the file. This is the key person or group who is accountable for ensuring the file is up-to-date and current." ma:format="Dropdown" ma:list="UserInfo" ma:SearchPeopleOnly="false" ma:SharePointGroup="0" ma:internalName="Owner_x0020__x0028_Authenticated_x0029_" ma:readOnly="false" ma:showField="ImnName">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:User">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="Sharinglink" ma:index="9" nillable="true" ma:displayName="Online" ma:description="Read-only link to share to department staff. Click on the ellipses next to the name and click Share. Select the audience as all dept staff and copy the link to this field." ma:format="Hyperlink" ma:internalName="Sharinglink" ma:readOnly="false">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:URL">
+            <xsd:sequence>
+              <xsd:element name="Url" type="dms:ValidUrl" minOccurs="0" nillable="true"/>
+              <xsd:element name="Description" type="xsd:string" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="Download_x0020_link" ma:index="10" nillable="true" ma:displayName="Browser Download" ma:description="Link to download document. This field is also used to show the related resource topic/s. Download the file. Go to Chrome or Edge's Downloads tab. Copy and paste the download in this field." ma:format="Hyperlink" ma:internalName="Download_x0020_link" ma:readOnly="false">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:URL">
+            <xsd:sequence>
+              <xsd:element name="Url" type="dms:ValidUrl" minOccurs="0" nillable="true"/>
+              <xsd:element name="Description" type="xsd:string" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="Page_x0020_name" ma:index="11" nillable="true" ma:displayName="Page name" ma:description="Name of the intranet page that the resource is primarily associated with." ma:list="{9bb97e72-4291-49f5-b74c-0f6cfa126574}" ma:internalName="Page_x0020_name" ma:readOnly="false" ma:showField="Title">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="Publishers" ma:index="12" nillable="true" ma:displayName="Publishers" ma:description="Who has permission to edit the intranet content" ma:list="{d02bb77a-a704-4f2a-8e7c-0311e453bdca}" ma:internalName="Publishers" ma:readOnly="false" ma:showField="Title">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Lookup"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="_Flow_SignoffStatus" ma:index="13" nillable="true" ma:displayName="Sign-off status" ma:default="Draft" ma:format="Dropdown" ma:internalName="Sign_x002d_off_x0020_status" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="Draft"/>
+          <xsd:enumeration value="Under review"/>
+          <xsd:enumeration value="Approved"/>
+          <xsd:enumeration value="Archive"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Contract_x0020_type" ma:index="14" nillable="true" ma:displayName="Contract type" ma:description="Type of contract based on the 'Contracts' list" ma:list="{640bf931-55ee-49f4-9908-a28357f4880b}" ma:internalName="Contract_x0020_type" ma:readOnly="false" ma:showField="Title">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="Comments" ma:index="17" nillable="true" ma:displayName="Comments" ma:description="Description of document" ma:format="Dropdown" ma:internalName="Comments" ma:readOnly="false">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceAutoTags" ma:index="14" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+    <xsd:element name="Typed_x0020_filesize" ma:index="18" nillable="true" ma:displayName="Typed filesize" ma:description="Manually enter the file size for file downloads e.g. (Word, 53 KB)." ma:format="Dropdown" ma:internalName="Typed_x0020_filesize" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Topic" ma:index="19" nillable="true" ma:displayName="Topic" ma:description="Sub-heading for document library" ma:format="Dropdown" ma:indexed="true" ma:internalName="Topic">
+      <xsd:simpleType>
+        <xsd:union memberTypes="dms:Text">
+          <xsd:simpleType>
+            <xsd:restriction base="dms:Choice">
+              <xsd:enumeration value="Kinship brokerage"/>
+              <xsd:enumeration value="Admin"/>
+              <xsd:enumeration value="Adviser"/>
+              <xsd:enumeration value="Archivist"/>
+              <xsd:enumeration value="Corporate Services"/>
+              <xsd:enumeration value="Customer Service"/>
+              <xsd:enumeration value="Employee Relations"/>
+              <xsd:enumeration value="Learning and Development"/>
+              <xsd:enumeration value="Office of Professional Practice"/>
+              <xsd:enumeration value="Payroll"/>
+              <xsd:enumeration value="Project"/>
+              <xsd:enumeration value="Information Technology and Management"/>
+              <xsd:enumeration value="Investigator"/>
+              <xsd:enumeration value="Legal"/>
+              <xsd:enumeration value="People Managers"/>
+              <xsd:enumeration value="Policy"/>
+              <xsd:enumeration value="Program"/>
+              <xsd:enumeration value="Child Protection"/>
+              <xsd:enumeration value="Workhealth"/>
+              <xsd:enumeration value="Accountability"/>
+              <xsd:enumeration value="Consultation and communication"/>
+              <xsd:enumeration value="Health &amp; Safety Committees"/>
+              <xsd:enumeration value="Health &amp; Safety Representation"/>
+              <xsd:enumeration value="Incident &amp; Hazard Reporting"/>
+              <xsd:enumeration value="Issue resolution"/>
+              <xsd:enumeration value="Risk management"/>
+              <xsd:enumeration value="Workstation ergonomics"/>
+            </xsd:restriction>
+          </xsd:simpleType>
+        </xsd:union>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="25" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Moreinfo" ma:index="26" nillable="true" ma:displayName="More info" ma:description="Link for more or related information they should know." ma:format="Hyperlink" ma:hidden="true" ma:internalName="Moreinfo" ma:readOnly="false">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:URL">
+            <xsd:sequence>
+              <xsd:element name="Url" type="dms:ValidUrl" minOccurs="0" nillable="true"/>
+              <xsd:element name="Description" type="xsd:string" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="Download" ma:index="27" nillable="true" ma:displayName="File" ma:format="Hyperlink" ma:hidden="true" ma:internalName="Download" ma:readOnly="false">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:URL">
+            <xsd:sequence>
+              <xsd:element name="Url" type="dms:ValidUrl" minOccurs="0" nillable="true"/>
+              <xsd:element name="Description" type="xsd:string" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoTags" ma:index="29" nillable="true" ma:displayName="Tags" ma:hidden="true" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceOCR" ma:index="15" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+    <xsd:element name="MediaServiceOCR" ma:index="30" nillable="true" ma:displayName="Extracted Text" ma:hidden="true" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Note">
-[...1 lines deleted...]
-        </xsd:restriction>
+        <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceGenerationTime" ma:index="16" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+    <xsd:element name="MediaServiceGenerationTime" ma:index="31" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceEventHashCode" ma:index="17" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+    <xsd:element name="MediaServiceEventHashCode" ma:index="32" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceDateTaken" ma:index="18" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+    <xsd:element name="MediaServiceKeyPoints" ma:index="33" nillable="true" ma:displayName="KeyPoints" ma:hidden="true" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="37" nillable="true" ma:displayName="Length (seconds)" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="38" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaLengthInSeconds" ma:index="19" nillable="true" ma:displayName="Length (seconds)" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
-[...9 lines deleted...]
-    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="22" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="6e24e156-28e6-48ad-9c0f-4171595c9d94" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+    <xsd:element name="h762c94a071542adbc933c364eeb6175" ma:index="39" nillable="true" ma:taxonomy="true" ma:internalName="h762c94a071542adbc933c364eeb6175" ma:taxonomyFieldName="Metatag" ma:displayName="Metatag" ma:readOnly="false" ma:default="" ma:fieldId="{1762c94a-0715-42ad-bc93-3c364eeb6175}" ma:taxonomyMulti="true" ma:sspId="6e24e156-28e6-48ad-9c0f-4171595c9d94" ma:termSetId="493a555e-0d77-44ce-b5d4-3423d9b61516" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="24" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="40" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Text"/>
+        <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="Caption" ma:index="25" nillable="true" ma:displayName="Caption" ma:format="Dropdown" ma:internalName="Caption">
+    <xsd:element name="Order0" ma:index="41" nillable="true" ma:displayName="Order" ma:description="(Forced) order sequence of the document." ma:format="Dropdown" ma:hidden="true" ma:indexed="true" ma:internalName="Order0">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceSearchProperties" ma:index="26" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+    <xsd:element name="Page_x0020_name_x003a_ID" ma:index="44" nillable="true" ma:displayName="Page name:ID" ma:hidden="true" ma:list="{9bb97e72-4291-49f5-b74c-0f6cfa126574}" ma:internalName="Page_x0020_name_x003a_ID" ma:readOnly="true" ma:showField="ID" ma:web="edc24be7-85b6-48b8-bec8-bca4fac6ccab">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceMetadata" ma:index="48" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceBillingMetadata" ma:index="27" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="50" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="6e24e156-28e6-48ad-9c0f-4171595c9d94" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="51" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="52" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="53" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="51ef5222-d273-4e86-adbf-8aa3d9e99a84" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="edc24be7-85b6-48b8-bec8-bca4fac6ccab" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="SharedWithUsers" ma:index="12" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="SharedWithUsers" ma:index="22" nillable="true" ma:displayName="Shared With" ma:hidden="true" ma:SearchPeopleOnly="false" ma:SharePointGroup="0" ma:internalName="SharedWithUsers" ma:readOnly="true" ma:showField="ImnName">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithDetails" ma:index="13" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+    <xsd:element name="SharedWithDetails" ma:index="23" nillable="true" ma:displayName="Shared With Details" ma:hidden="true" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Note">
-[...1 lines deleted...]
-        </xsd:restriction>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Delete" ma:index="54" nillable="true" ma:displayName="Delete" ma:default="0" ma:internalName="Delete">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Boolean"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Review_x0020_Due_x0020_Date" ma:index="55" nillable="true" ma:displayName="Review Due Date" ma:format="DateOnly" ma:indexed="true" ma:internalName="Review_x0020_Due_x0020_Date">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:DateTime"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="5ce0f2b5-5be5-4508-bce9-d7011ece0659" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="TaxCatchAll" ma:index="23" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{d5a02ebc-a532-4cc7-9416-7e8309854dba}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="51ef5222-d273-4e86-adbf-8aa3d9e99a84">
+    <xsd:element name="TaxCatchAll" ma:index="46" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{653b1683-0861-4244-a845-dd8daf1f12c4}" ma:internalName="TaxCatchAll" ma:readOnly="false" ma:showField="CatchAllData" ma:web="edc24be7-85b6-48b8-bec8-bca4fac6ccab">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
-        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1" ma:displayName="Author"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
-        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
-[...1 lines deleted...]
-        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="1" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1" ma:index="56" ma:displayName="Subject"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
-        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="8" ma:displayName="Keywords"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
         </xsd:element>
         <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
       </xsd:all>
     </xsd:complexType>
   </xsd:schema>
   <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
     <xs:element name="Person">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:DisplayName" minOccurs="0"/>
           <xs:element ref="pc:AccountId" minOccurs="0"/>
           <xs:element ref="pc:AccountType" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
@@ -15247,63 +15491,54 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="5ce0f2b5-5be5-4508-bce9-d7011ece0659" xsi:nil="true"/>
-    <SharedWithUsers xmlns="51ef5222-d273-4e86-adbf-8aa3d9e99a84">
+    <SharedWithUsers xmlns="edc24be7-85b6-48b8-bec8-bca4fac6ccab">
       <UserInfo>
         <DisplayName>Alixx Ackland (DFFH)</DisplayName>
         <AccountId>101</AccountId>
         <AccountType/>
       </UserInfo>
       <UserInfo>
         <DisplayName>Paula Murray (DFFH)</DisplayName>
         <AccountId>199</AccountId>
         <AccountType/>
       </UserInfo>
       <UserInfo>
         <DisplayName>Louise Perry (DFFH)</DisplayName>
         <AccountId>55</AccountId>
         <AccountType/>
       </UserInfo>
       <UserInfo>
         <DisplayName>Ezra Hansen (DFFH)</DisplayName>
         <AccountId>215</AccountId>
         <AccountType/>
       </UserInfo>
       <UserInfo>
         <DisplayName>Simon Newport (Homes Victoria)</DisplayName>
         <AccountId>93</AccountId>
         <AccountType/>
       </UserInfo>
@@ -15406,194 +15641,235 @@
         <DisplayName>Ai-Thi Ngo (DFFH)</DisplayName>
         <AccountId>13</AccountId>
         <AccountType/>
       </UserInfo>
       <UserInfo>
         <DisplayName>Patrick Steele (DFFH)</DisplayName>
         <AccountId>20</AccountId>
         <AccountType/>
       </UserInfo>
       <UserInfo>
         <DisplayName>Louise Gartland (DFFH)</DisplayName>
         <AccountId>18</AccountId>
         <AccountType/>
       </UserInfo>
       <UserInfo>
         <DisplayName>Alyssa Coulter (DFFH)</DisplayName>
         <AccountId>17</AccountId>
         <AccountType/>
       </UserInfo>
       <UserInfo>
         <DisplayName>Nicole Denton (Homes Victoria)</DisplayName>
         <AccountId>10</AccountId>
         <AccountType/>
       </UserInfo>
     </SharedWithUsers>
-    <lcf76f155ced4ddcb4097134ff3c332f xmlns="06badf41-c0a1-41a6-983a-efd542c2c878">
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="1b36a5f6-0e43-4960-9bd5-bbfdf6c6f00e">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
-    <Caption xmlns="06badf41-c0a1-41a6-983a-efd542c2c878" xsi:nil="true"/>
+    <Originalcreateddate xmlns="1b36a5f6-0e43-4960-9bd5-bbfdf6c6f00e" xsi:nil="true"/>
+    <Page_x0020_name xmlns="1b36a5f6-0e43-4960-9bd5-bbfdf6c6f00e" xsi:nil="true"/>
+    <Review_x0020_Due_x0020_Date xmlns="edc24be7-85b6-48b8-bec8-bca4fac6ccab" xsi:nil="true"/>
+    <Company xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <h762c94a071542adbc933c364eeb6175 xmlns="1b36a5f6-0e43-4960-9bd5-bbfdf6c6f00e">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </h762c94a071542adbc933c364eeb6175>
+    <Comments xmlns="1b36a5f6-0e43-4960-9bd5-bbfdf6c6f00e" xsi:nil="true"/>
+    <Typed_x0020_filesize xmlns="1b36a5f6-0e43-4960-9bd5-bbfdf6c6f00e" xsi:nil="true"/>
+    <Topic xmlns="1b36a5f6-0e43-4960-9bd5-bbfdf6c6f00e" xsi:nil="true"/>
+    <Review_x0020_Date xmlns="1b36a5f6-0e43-4960-9bd5-bbfdf6c6f00e" xsi:nil="true"/>
+    <Publishers xmlns="1b36a5f6-0e43-4960-9bd5-bbfdf6c6f00e" xsi:nil="true"/>
+    <Order0 xmlns="1b36a5f6-0e43-4960-9bd5-bbfdf6c6f00e" xsi:nil="true"/>
+    <Delete xmlns="edc24be7-85b6-48b8-bec8-bca4fac6ccab">false</Delete>
+    <Sharinglink xmlns="1b36a5f6-0e43-4960-9bd5-bbfdf6c6f00e">
+      <Url xsi:nil="true"/>
+      <Description xsi:nil="true"/>
+    </Sharinglink>
+    <Category xmlns="1b36a5f6-0e43-4960-9bd5-bbfdf6c6f00e">Factsheet</Category>
+    <Moreinfo xmlns="1b36a5f6-0e43-4960-9bd5-bbfdf6c6f00e">
+      <Url xsi:nil="true"/>
+      <Description xsi:nil="true"/>
+    </Moreinfo>
+    <Owner_x0020__x0028_Authenticated_x0029_ xmlns="1b36a5f6-0e43-4960-9bd5-bbfdf6c6f00e">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </Owner_x0020__x0028_Authenticated_x0029_>
+    <Download_x0020_link xmlns="1b36a5f6-0e43-4960-9bd5-bbfdf6c6f00e">
+      <Url xsi:nil="true"/>
+      <Description xsi:nil="true"/>
+    </Download_x0020_link>
+    <_Flow_SignoffStatus xmlns="1b36a5f6-0e43-4960-9bd5-bbfdf6c6f00e">Draft</_Flow_SignoffStatus>
+    <Contract_x0020_type xmlns="1b36a5f6-0e43-4960-9bd5-bbfdf6c6f00e" xsi:nil="true"/>
+    <Download xmlns="1b36a5f6-0e43-4960-9bd5-bbfdf6c6f00e">
+      <Url xsi:nil="true"/>
+      <Description xsi:nil="true"/>
+    </Download>
   </documentManagement>
 </p:properties>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8D800DFB-839C-4C0F-8F2E-EC7316D82A90}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DD113045-5911-472B-B3A2-23163344DE6E}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="06badf41-c0a1-41a6-983a-efd542c2c878"/>
-    <ds:schemaRef ds:uri="51ef5222-d273-4e86-adbf-8aa3d9e99a84"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="1b36a5f6-0e43-4960-9bd5-bbfdf6c6f00e"/>
+    <ds:schemaRef ds:uri="edc24be7-85b6-48b8-bec8-bca4fac6ccab"/>
     <ds:schemaRef ds:uri="5ce0f2b5-5be5-4508-bce9-d7011ece0659"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
-[...5 lines deleted...]
-    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{80152410-6F00-4074-9244-86FB789D3712}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{89F91184-3DC9-4010-8893-33ADF19177C6}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="1b36a5f6-0e43-4960-9bd5-bbfdf6c6f00e"/>
+    <ds:schemaRef ds:uri="5ce0f2b5-5be5-4508-bce9-d7011ece0659"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="edc24be7-85b6-48b8-bec8-bca4fac6ccab"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{89F91184-3DC9-4010-8893-33ADF19177C6}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{80152410-6F00-4074-9244-86FB789D3712}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="06badf41-c0a1-41a6-983a-efd542c2c878"/>
-[...9 lines deleted...]
-    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Office 2013 - 2022 Theme</Template>
   <TotalTime></TotalTime>
-  <Words>957</Words>
+  <Words>950</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Custom</PresentationFormat>
-  <Paragraphs>101</Paragraphs>
+  <Paragraphs>102</Paragraphs>
   <Slides>3</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="6" baseType="variant">
-[...5 lines deleted...]
-      </vt:variant>
+    <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Slide Titles</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="8" baseType="lpstr">
-[...3 lines deleted...]
-      <vt:lpstr>Calibri Light</vt:lpstr>
+    <vt:vector size="4" baseType="lpstr">
       <vt:lpstr>Office Theme</vt:lpstr>
       <vt:lpstr>Department of Families, Fairness and Housing division and branch structure</vt:lpstr>
       <vt:lpstr>Department of Families, Fairness and Housing  Community Operations Leadership and Practice branch structure</vt:lpstr>
       <vt:lpstr>Accessibility statement and publisher information</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company>Victoria State Government, Department of Families, Fairness and Housing</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Department of Families, Fairness and Housing division and branch structure</dc:title>
   <dc:subject>Department of Families, Fairness and Housing division and branch structure</dc:subject>
   <dc:creator>Public Engagement</dc:creator>
   <cp:keywords>Department of Families, Fairness and Housing; DFFH; org chart; division structure; branch structure;18 December</cp:keywords>
   <dc:description/>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_43e64453-338c-4f93-8a4d-0039a0a41f2a_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_43e64453-338c-4f93-8a4d-0039a0a41f2a_SetDate">
     <vt:lpwstr>2023-11-03T02:42:14Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_43e64453-338c-4f93-8a4d-0039a0a41f2a_Method">
     <vt:lpwstr>Privileged</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_43e64453-338c-4f93-8a4d-0039a0a41f2a_Name">
     <vt:lpwstr>43e64453-338c-4f93-8a4d-0039a0a41f2a</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_43e64453-338c-4f93-8a4d-0039a0a41f2a_SiteId">
     <vt:lpwstr>c0e0601f-0fac-449c-9c88-a104c4eb9f28</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_43e64453-338c-4f93-8a4d-0039a0a41f2a_ActionId">
     <vt:lpwstr>e3a8904e-a4ca-4b27-af7f-f07fa37d4ab4</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_43e64453-338c-4f93-8a4d-0039a0a41f2a_ContentBits">
     <vt:lpwstr>2</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="ClassificationContentMarkingFooterLocations">
     <vt:lpwstr>Office Theme:7</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="ClassificationContentMarkingFooterText">
     <vt:lpwstr>OFFICIAL</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="ContentTypeId">
-    <vt:lpwstr>0x0101009F0C4347C5C6D34BA8C9FCC4F57D19B6</vt:lpwstr>
+    <vt:lpwstr>0x010100DA9562649C09EA4A851405C5BE47FD0F</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="_ExtendedDescription">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="Metatag">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>