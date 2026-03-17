--- v2 (2026-02-24)
+++ v3 (2026-03-17)
@@ -1,50 +1,49 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/notesMasters/notesMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/ppt/revisionInfo.xml" ContentType="application/vnd.ms-powerpoint.revisioninfo+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483660" r:id="rId4"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
     <p:notesMasterId r:id="rId8"/>
   </p:notesMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="291" r:id="rId5"/>
     <p:sldId id="288" r:id="rId6"/>
     <p:sldId id="283" r:id="rId7"/>
   </p:sldIdLst>
   <p:sldSz cx="27006550" cy="14400213"/>
   <p:notesSz cx="6858000" cy="9144000"/>
@@ -165,100 +164,94 @@
           <a:srgbClr val="FF0000"/>
         </p14:laserClr>
       </p:ext>
       <p:ext uri="{2FDB2607-1784-4EEB-B798-7EB5836EED8A}">
         <p14:showMediaCtrls xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1"/>
       </p:ext>
     </p:extLst>
   </p:showPr>
   <p:clrMru>
     <a:srgbClr val="500778"/>
     <a:srgbClr val="201547"/>
     <a:srgbClr val="B99CC9"/>
     <a:srgbClr val="FF2F92"/>
     <a:srgbClr val="00857E"/>
   </p:clrMru>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="32767"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
     </p:ext>
+    <p:ext uri="{1BD7E111-0CB8-44D6-8891-C1BB2F81B7CC}">
+      <p1710:readonlyRecommended xmlns:p1710="http://schemas.microsoft.com/office/powerpoint/2017/10/main" val="1"/>
+    </p:ext>
   </p:extLst>
 </p:presentationPr>
-</file>
-[...7 lines deleted...]
-</p1510:revInfo>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
-  <p:normalViewPr>
-    <p:restoredLeft sz="15620"/>
+  <p:normalViewPr snapVertSplitter="1" vertBarState="minimized">
+    <p:restoredLeft sz="4807" autoAdjust="0"/>
     <p:restoredTop sz="94660"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
-      <p:cViewPr>
+      <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="92" d="100"/>
-          <a:sy n="92" d="100"/>
+          <a:sx n="50" d="100"/>
+          <a:sy n="50" d="100"/>
         </p:scale>
-        <p:origin x="-12144" y="-1324"/>
+        <p:origin x="1320" y="78"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId13" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/notesMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notesMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
@@ -303,51 +296,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{87A70258-513B-423A-86D3-0B52B74D857B}" type="datetimeFigureOut">
               <a:rPr lang="en-AU" smtClean="0"/>
-              <a:t>15/01/2026</a:t>
+              <a:t>5/03/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-AU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Image Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="536575" y="1143000"/>
             <a:ext cx="5784850" cy="3086100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
@@ -763,51 +756,51 @@
             <a:r>
               <a:rPr lang="en-GB"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{AFEAD364-0962-49E7-A5CA-39BB91635A25}" type="datetime1">
               <a:rPr lang="en-AU" smtClean="0"/>
-              <a:t>15/01/2026</a:t>
+              <a:t>5/03/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-AU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-AU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -949,51 +942,51 @@
             <a:r>
               <a:rPr lang="en-GB"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Date Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{41FEB51E-AF7C-46BC-917F-960E1ADEE5D1}" type="datetime1">
               <a:rPr lang="en-AU" smtClean="0"/>
-              <a:t>15/01/2026</a:t>
+              <a:t>5/03/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-AU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Footer Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-AU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1060,51 +1053,51 @@
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Date Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C4BABE88-B326-4C34-8455-27406B30C5F9}" type="datetime1">
               <a:rPr lang="en-AU" smtClean="0"/>
-              <a:t>15/01/2026</a:t>
+              <a:t>5/03/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-AU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Footer Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-AU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1266,51 +1259,51 @@
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Date Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{806070DE-5295-4755-88F4-508B2F3207A5}" type="datetime1">
               <a:rPr lang="en-AU" smtClean="0"/>
-              <a:t>15/01/2026</a:t>
+              <a:t>5/03/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-AU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Footer Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-AU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1547,51 +1540,51 @@
         <p:spPr>
           <a:xfrm>
             <a:off x="1856700" y="13346865"/>
             <a:ext cx="6076474" cy="766678"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="2520">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{4E9E63D0-0A87-4961-BFA4-6101872BE3B5}" type="datetime1">
               <a:rPr lang="en-AU" smtClean="0"/>
-              <a:t>15/01/2026</a:t>
+              <a:t>5/03/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-AU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="8945920" y="13346865"/>
             <a:ext cx="9114711" cy="766678"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -2529,51 +2522,51 @@
             <a:ext cx="13505542" cy="369332"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-AU" sz="1800" dirty="0">
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
               <a:t>Last </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-AU" dirty="0">
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
-              <a:t>update 14 January 2026</a:t>
+              <a:t>update 5 March 2026</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="18" name="Rectangle 17">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{87F414B4-98EF-24AB-A3BE-61D7B89C8261}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noMove="1" noResize="1" noEditPoints="1" noAdjustHandles="1" noChangeArrowheads="1" noChangeShapeType="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="805172" y="2403332"/>
             <a:ext cx="25100229" cy="619910"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
@@ -2988,121 +2981,118 @@
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" defTabSz="186420">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPct val="35000"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" b="1">
-[...5 lines deleted...]
-              <a:t>Aboriginal Policy </a:t>
+              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+              <a:t>Aboriginal Policy</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="ctr" defTabSz="186420">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
-              <a:spcAft>
-[...1 lines deleted...]
-              </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" b="1">
+              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>and Reform</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" b="1">
-[...4 lines deleted...]
-              <a:rPr lang="en-AU" sz="1200">
+              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200" dirty="0">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Executive Director</a:t>
             </a:r>
-            <a:endParaRPr lang="en-AU">
+            <a:endParaRPr lang="en-AU" dirty="0">
               <a:solidFill>
                 <a:prstClr val="white"/>
               </a:solidFill>
               <a:ea typeface="Calibri"/>
               <a:cs typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="ctr" defTabSz="186420">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPct val="35000"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200">
+              <a:rPr lang="en-AU" sz="1200" dirty="0">
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
               <a:t>Tim Kanoa</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200">
-[...3 lines deleted...]
-            <a:endParaRPr lang="en-AU" sz="1200">
+              <a:rPr lang="en-AU" sz="1200" dirty="0">
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+            </a:br>
+            <a:endParaRPr lang="en-AU" sz="1200" dirty="0">
               <a:solidFill>
                 <a:prstClr val="white"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:cs typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="49" name="Rectangle 48">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6C3FDE2D-E03C-400A-45CD-BE7AE5D044B6}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4127494" y="3652344"/>
             <a:ext cx="2160000" cy="1094745"/>
@@ -5219,110 +5209,110 @@
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" defTabSz="186420">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPct val="35000"/>
               </a:spcAft>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" b="1">
+              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Corporate and Delivery </a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" b="1">
-[...7 lines deleted...]
-              <a:rPr lang="en-AU" sz="1200" b="1">
+              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Services </a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" b="1">
-[...7 lines deleted...]
-              <a:rPr lang="en-AU" sz="1200">
+              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200" dirty="0">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Deputy Secretary</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200">
-[...15 lines deleted...]
-            <a:endParaRPr lang="en-AU" sz="1200">
+              <a:rPr lang="en-AU" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Drew Warne-Smith</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-AU" sz="1200" dirty="0">
               <a:solidFill>
                 <a:prstClr val="white"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:cs typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="26" name="Rectangle 25">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3DBBB050-4B2B-33A9-4D72-2FCE66FACF67}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="11088635" y="4887440"/>
             <a:ext cx="2160000" cy="1094745"/>
@@ -6021,51 +6011,51 @@
             </a:br>
             <a:r>
               <a:rPr lang="en-AU" sz="1200" dirty="0">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Executive Director</a:t>
             </a:r>
             <a:br>
               <a:rPr lang="en-AU" sz="1200" dirty="0">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
             </a:br>
             <a:r>
               <a:rPr lang="en-AU" sz="1200" dirty="0">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
-              <a:t>Jacinta Rossi</a:t>
+              <a:t>Jacinta Rossi (A)</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="64" name="Rectangle 63">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{955B16EE-93C3-D131-74FA-74D31B658162}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="13387206" y="3652344"/>
             <a:ext cx="2160000" cy="1094745"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
@@ -6092,91 +6082,88 @@
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1">
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" defTabSz="186420">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
-              <a:spcAft>
-[...1 lines deleted...]
-              </a:spcAft>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1200" b="1">
+              <a:rPr lang="en-US" sz="1200" b="1" dirty="0">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Disability, Fairness and Emergency Management</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-US" sz="1200" b="1">
-[...4 lines deleted...]
-              <a:rPr lang="en-AU" sz="1200">
+              <a:rPr lang="en-US" sz="1200" b="1" dirty="0">
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200" dirty="0">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Deputy Secretary</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="ctr" defTabSz="186420">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPct val="35000"/>
               </a:spcAft>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200">
+              <a:rPr lang="en-AU" sz="1200" dirty="0">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Argiri Alisandratos</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="65" name="Rectangle 64">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D48190D9-9A08-CCBC-F7C9-95F24E595EAD}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
@@ -6925,110 +6912,110 @@
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" defTabSz="186420">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPct val="35000"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" b="1">
+              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Policy, Prevention </a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" b="1">
-[...7 lines deleted...]
-              <a:rPr lang="en-AU" sz="1200" b="1">
+              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>and Impact</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" b="1">
-[...7 lines deleted...]
-              <a:rPr lang="en-AU" sz="1200">
+              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200" dirty="0">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Executive Director</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200">
-[...15 lines deleted...]
-            <a:endParaRPr lang="en-AU" sz="1200">
+              <a:rPr lang="en-AU" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+              <a:t>Jo Pride</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-AU" sz="1200" dirty="0">
               <a:solidFill>
                 <a:prstClr val="white"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:cs typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="63" name="Rectangle 62">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{38BE2C1C-7713-F0BD-1354-6ADD47298065}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="15637818" y="6051425"/>
             <a:ext cx="2160000" cy="1094745"/>
@@ -7819,110 +7806,101 @@
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" defTabSz="186420">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPct val="35000"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" b="1">
+              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Homelessness </a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" b="1">
-[...4 lines deleted...]
-              <a:rPr lang="en-AU" sz="1200" b="1">
+              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>and Housing Support</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" b="1">
-[...4 lines deleted...]
-              <a:rPr lang="en-AU" sz="1200">
+              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200" dirty="0">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Executive Director</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200">
-[...21 lines deleted...]
-            <a:endParaRPr lang="en-GB" sz="1200">
+              <a:rPr lang="en-AU" sz="1200" dirty="0">
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+              <a:t>Mark Stracey (A)</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" sz="1200" dirty="0">
               <a:solidFill>
                 <a:prstClr val="white"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:cs typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="71" name="Rectangle 70">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{37D20819-C740-9EDA-B299-B8E738CED202}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="20192653" y="4887439"/>
             <a:ext cx="2160000" cy="1094745"/>
@@ -10188,55 +10166,55 @@
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="938307" y="1730073"/>
             <a:ext cx="13505542" cy="646331"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-AU" dirty="0">
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
-              <a:t>Last update 14 January 2026</a:t>
+              <a:t>Last update 5 March 2026</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:endParaRPr lang="en-AU">
+            <a:endParaRPr lang="en-AU" dirty="0">
               <a:latin typeface="Arial"/>
               <a:cs typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="48" name="Rectangle 47">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{13E9DE87-54FB-DC4A-FD3A-51578F3C8CAD}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="896257" y="2587114"/>
             <a:ext cx="22315713" cy="382684"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
@@ -11589,97 +11567,97 @@
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" defTabSz="311163">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPct val="35000"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" b="1">
+              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Loddon Area</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" b="1">
-[...8 lines deleted...]
-              <a:rPr lang="en-AU" sz="1200">
+              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Executive Director </a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200">
+              <a:rPr lang="en-AU" sz="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200">
+              <a:rPr lang="en-AU" sz="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Damian Worley (A)</a:t>
+              <a:t>Damian Worley</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="37" name="Rectangle 36">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2516DB37-627C-1068-42D5-5CFE7E4B1A2E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="13612482" y="9632651"/>
             <a:ext cx="2160000" cy="1080000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
@@ -12078,97 +12056,97 @@
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" defTabSz="311163">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPct val="35000"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200" b="1">
+              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Inner Gippsland Area</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200" b="1">
-[...8 lines deleted...]
-              <a:rPr lang="en-AU" sz="1200">
+              <a:rPr lang="en-AU" sz="1200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Executive Director </a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-AU" sz="1200">
+              <a:rPr lang="en-AU" sz="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="en-AU" sz="1200">
+              <a:rPr lang="en-AU" sz="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Gregory Blakeley</a:t>
+              <a:t>Karen Sutherland (A)</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="40" name="Rectangle 39">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{748B044F-7058-6B11-9E25-EC1B1611FE1C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="16109249" y="8455402"/>
             <a:ext cx="2160000" cy="1080000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
@@ -14189,139 +14167,125 @@
           <p:cNvPr id="3" name="Content Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{79EFC407-94E1-D681-7CA2-7470D7A716CD}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-AU" sz="2000">
+              <a:rPr lang="en-AU" sz="2000" dirty="0">
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
               <a:t>To receive this information in another format, email </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-AU" sz="2000">
+              <a:rPr lang="en-AU" sz="2000" dirty="0">
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:hlinkClick r:id="rId2"/>
               </a:rPr>
               <a:t>dffhcomms@dffh.vic.gov.au</a:t>
             </a:r>
-            <a:endParaRPr lang="en-AU" sz="2000">
+            <a:endParaRPr lang="en-AU" sz="2000" dirty="0">
               <a:latin typeface="Arial"/>
               <a:cs typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-AU" sz="2000">
+              <a:rPr lang="en-AU" sz="2000" dirty="0">
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
               <a:t>Authorised and published by the Victorian Government, 1 Treasury Place, Melbourne.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-AU" sz="2000">
+              <a:rPr lang="en-AU" sz="2000" dirty="0">
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
-              <a:t>© State of Victoria, Australia, Department of Families, Fairness and Housing, September 2025.</a:t>
+              <a:t>© State of Victoria, Australia, Department of Families, Fairness and Housing, March 2026.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-AU" sz="2000">
+              <a:rPr lang="en-AU" sz="2000" dirty="0">
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
               <a:t>Available at </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-AU" sz="2000">
+              <a:rPr lang="en-AU" sz="2000" dirty="0">
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:hlinkClick r:id="rId3"/>
               </a:rPr>
               <a:t>Department of Families, Fairness and Housing – Our Structure</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-AU" sz="2000">
+              <a:rPr lang="en-AU" sz="2000" dirty="0">
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
-              <a:t> https://</a:t>
-[...13 lines deleted...]
-              <a:t>/our-structure.</a:t>
+              <a:t> https://www.dffh.vic.gov.au/our-structure.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr lang="en-AU"/>
+            <a:endParaRPr lang="en-AU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D8774EEF-9636-16D5-DB9D-7D1A9CA66BD4}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="347601" y="13338523"/>
             <a:ext cx="397965" cy="766678"/>
           </a:xfrm>
         </p:spPr>
@@ -15721,129 +15685,138 @@
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DD113045-5911-472B-B3A2-23163344DE6E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="1b36a5f6-0e43-4960-9bd5-bbfdf6c6f00e"/>
     <ds:schemaRef ds:uri="edc24be7-85b6-48b8-bec8-bca4fac6ccab"/>
     <ds:schemaRef ds:uri="5ce0f2b5-5be5-4508-bce9-d7011ece0659"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{89F91184-3DC9-4010-8893-33ADF19177C6}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="5ce0f2b5-5be5-4508-bce9-d7011ece0659"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="edc24be7-85b6-48b8-bec8-bca4fac6ccab"/>
+    <ds:schemaRef ds:uri="1b36a5f6-0e43-4960-9bd5-bbfdf6c6f00e"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{80152410-6F00-4074-9244-86FB789D3712}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Office 2013 - 2022 Theme</Template>
   <TotalTime></TotalTime>
   <Words>950</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Custom</PresentationFormat>
   <Paragraphs>102</Paragraphs>
   <Slides>3</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="4" baseType="variant">
+    <vt:vector size="6" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Fonts Used</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>4</vt:i4>
+      </vt:variant>
       <vt:variant>
         <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Slide Titles</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="4" baseType="lpstr">
+    <vt:vector size="8" baseType="lpstr">
+      <vt:lpstr>Arial</vt:lpstr>
+      <vt:lpstr>Arial Black</vt:lpstr>
+      <vt:lpstr>Calibri</vt:lpstr>
+      <vt:lpstr>Calibri Light</vt:lpstr>
       <vt:lpstr>Office Theme</vt:lpstr>
       <vt:lpstr>Department of Families, Fairness and Housing division and branch structure</vt:lpstr>
       <vt:lpstr>Department of Families, Fairness and Housing  Community Operations Leadership and Practice branch structure</vt:lpstr>
       <vt:lpstr>Accessibility statement and publisher information</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company>Victoria State Government, Department of Families, Fairness and Housing</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Department of Families, Fairness and Housing division and branch structure</dc:title>
   <dc:subject>Department of Families, Fairness and Housing division and branch structure</dc:subject>
   <dc:creator>Public Engagement</dc:creator>
-  <cp:keywords>Department of Families, Fairness and Housing; DFFH; org chart; division structure; branch structure;18 December</cp:keywords>
+  <cp:keywords>Department of Families, Fairness and Housing; DFFH; org chart; division structure; branch structure</cp:keywords>
   <dc:description/>
-  <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_43e64453-338c-4f93-8a4d-0039a0a41f2a_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_43e64453-338c-4f93-8a4d-0039a0a41f2a_SetDate">
     <vt:lpwstr>2023-11-03T02:42:14Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_43e64453-338c-4f93-8a4d-0039a0a41f2a_Method">
     <vt:lpwstr>Privileged</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_43e64453-338c-4f93-8a4d-0039a0a41f2a_Name">
     <vt:lpwstr>43e64453-338c-4f93-8a4d-0039a0a41f2a</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_43e64453-338c-4f93-8a4d-0039a0a41f2a_SiteId">
     <vt:lpwstr>c0e0601f-0fac-449c-9c88-a104c4eb9f28</vt:lpwstr>
   </property>